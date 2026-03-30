--- v0 (2026-02-04)
+++ v1 (2026-03-30)
@@ -216,51 +216,51 @@
     <t>Coronel Laércio Reis - Prefeito</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diária de viagem no âmbito do Poder Executivo e dá outras providências. No município de Formiga/MG, os motoristas atuam diariamente em deslocamentos intermunicipais, muitas vezes com pernoite, o que demanda regras claras e atualizadas para pagamento_x000D_
 de diárias. A política vigente encontra-se defasada frente ao aumento dos custos de alimentação e deslocamento e não reflete de forma adequada a proporcionalidade entre trajetos curtos e longos. Este projeto atualiza a sistemática de diárias, reduzindo a dependência de viagens terceirizadas, com ganho econômico-operacional e valorizando os servidores que realizam as viagens. Encaminhado através da Mensagem nº 001/2026.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 215 de 2026</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 6.230, de 19 de abril de 2024, e da outras providencias. Conforme solicitado pela Secretaria Municipal de Educação, busca-se reforçar a participação pedagógica da Comissão Programática para o Programa Lei Antirracismo nas Escolas, razão pela qual apresenta a presente alteração. Encaminhado através da Mensagem nº 002/2026.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 216 de 2026</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de limpeza anual da calha do Rio Formiga e da calha do Rio Mata Cavalo para prevenir inundações, transbordos e que em caso de chuvas fortes a água saia do leito dos rios.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 217 de 2026</t>
   </si>
   <si>
     <t>Luciano do Gás,Jaci da Rua Nova</t>
   </si>
   <si>
-    <t>“Dispõe sobre a vacinação domiciliar das pessoas com TEA (Transtorno do Espectro Autista), ELA (Esclerose Lateral Amiotrófica) e fibromialgia crônica”.</t>
+    <t>“Dispõe sobre a vacinação domiciliar das pessoas com TEA (Transtorno do Espectro Autista), ELA (Esclerose Lateral Amiotrófica) e fibromialgia crônica”. ANALISE POR COMISSÃO ESPECIAL.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 218 de 2026</t>
   </si>
   <si>
     <t>Joice Alvarenga,Daniel Rodrigues,Piruca,Thiago Pinheiro</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Segurança para Pontes, Viadutos e Passarelas no Município de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 219 de 2026</t>
   </si>
   <si>
     <t>Autoriza a alienação de bem imóvel pertencente ao Patrimônio Público Municipal e dá outras providências. A alienação recai sobre imóvel já objeto de desafetação, consoante Lei nº 6.315, de 12 de dezembro de 2024, sendo caracterizado como o bem situado no prolongamento da Rua Alcinda da Cunha de Araújo, no loteamento denominado Jardim dos Ipês, nesta cidade de Formiga-MG, com área de 7.980,13m². Referida venda busca angariar recursos para utilização na obra de Revitalização do Terminal Rodoviário, que será realizada em fases e esses valores em especial destinar-se-ão ao espaço destinado à Feira-Livre. Encaminhado através da Mensagem nº 006/2026.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 220 de 2026</t>
   </si>
   <si>
     <t>Joice Alvarenga</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de notificação de casos de mordedura por animais atendidos em hospitais, unidades de saúde e clínicas no Município de Formiga, e dá outras providências.</t>
   </si>