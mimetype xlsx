--- v0 (2025-11-25)
+++ v1 (2026-03-28)
@@ -10,92 +10,92 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4096" uniqueCount="1757">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4201" uniqueCount="1802">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/</t>
+    <t>http://sapl.formiga.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Concede Títulos de Cidadania Honorária e Medalhas de Honra ao Mérito “Seis de Junho” e dá outras providências.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Altera a redação do art. 25 da Lei Complementar nº 036, de 07 de outubro de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 169, de 26 de outubro de 2017, que dispõe sobre a Estrutura Organizacional e Administrativa da Administração Direta do Município de Formiga.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial no orçamento do Serviço Autônomo de Água e Esgoto - SAAE.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Dispõe sobre a cobrança da dívida ativa da Fazenda Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1395/projeto_de_lei_167.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1395/projeto_de_lei_167.2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei nº 932, de 20 de dezembro de 1973, que dispõe sobre o Código de Posturas do Município de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de medidas de informação e proteção à gestante e parturiente contra a violência obstétrica no Município de Formiga - MG.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>170</t>
   </si>
@@ -815,51 +815,51 @@
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar Concessão de uso dos Bens Públicos especificados nesta Lei, com encargos, mediante Licitação e dá outras providências.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>Acrescenta o Capítulo VIII A na Lei nº 4.595 de 10 de fevereiro de 2012, para regulamentar o Projeto Animal Comunitário.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1417/projetos-entrada_na_reuniao_ordinaria_193.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1417/projetos-entrada_na_reuniao_ordinaria_193.2018.pdf</t>
   </si>
   <si>
     <t>Institui o Regulamento e Normas para o Transporte de Escolares do Município de Formiga.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Proíbe o manuseio, a utilização, a queima e a soltura de fogos de artifícios com estampidos, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no Município de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal 4.895, de 09 de abril de 2014, que dispõe sobre o estágio de estudantes matriculados em estabelecimento de ensino superior.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
@@ -920,1011 +920,1011 @@
   <si>
     <t>202</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Reconhece de Utilidade da Associação Cultural Capoeira Gerais de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1425/projeto_de_lei_205.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1425/projeto_de_lei_205.2018.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal “Por uma cidade sem trotes” em nosso município e dá outras providências.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1426/projeto_de_lei_no_206.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1426/projeto_de_lei_no_206.2018.pdf</t>
   </si>
   <si>
     <t>6740</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6740/projeto_de_lei_no_207.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6740/projeto_de_lei_no_207.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 207.2018.pdf</t>
   </si>
   <si>
     <t>6741</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6741/projeto_de_lei_no_208.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6741/projeto_de_lei_no_208.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 208.2018.pdf</t>
   </si>
   <si>
     <t>6742</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6742/projeto_de_lei_no_209.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6742/projeto_de_lei_no_209.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 209.2018.pdf</t>
   </si>
   <si>
     <t>6743</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6743/projeto_de_lei_no_210.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6743/projeto_de_lei_no_210.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 210.2018.pdf</t>
   </si>
   <si>
     <t>6744</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6744/projeto_de_lei_no_211.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6744/projeto_de_lei_no_211.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 211.2018.pdf</t>
   </si>
   <si>
     <t>6745</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6745/projeto_de_lei_no_212.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6745/projeto_de_lei_no_212.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 212.2018.pdf</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1427/projeto_de_lei_no_213.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1427/projeto_de_lei_no_213.2018.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 5197, de 14 de setembro de 2017, que dispõe sobre a obrigatoriedade das casas lotéricas e similares localizadas no município de Formiga a instruírem atendimento aos usuários através de senhas.</t>
   </si>
   <si>
     <t>6746</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6746/projeto_de_lei_no_214.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6746/projeto_de_lei_no_214.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 214.2018.pdf</t>
   </si>
   <si>
     <t>6747</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6747/projeto_de_lei_no_215.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6747/projeto_de_lei_no_215.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 215.2018.pdf</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1428/projeto_de_lei_no_216.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1428/projeto_de_lei_no_216.2018.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Brasileira de Odontologia - Regional de Formiga - ABO-F e dá outras providências.</t>
   </si>
   <si>
     <t>6748</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6748/projeto_de_lei_no_217.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6748/projeto_de_lei_no_217.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 217.2018.pdf</t>
   </si>
   <si>
     <t>6749</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6749/projeto_de_lei_no_218.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6749/projeto_de_lei_no_218.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 218.2018.pdf</t>
   </si>
   <si>
     <t>6750</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6750/projeto_de_lei_no_219.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6750/projeto_de_lei_no_219.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 219.2018.pdf</t>
   </si>
   <si>
     <t>6751</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6751/projeto_de_lei_no_220.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6751/projeto_de_lei_no_220.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 220.2018.pdf</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6752/projeto_de_lei_no_221.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6752/projeto_de_lei_no_221.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 221.2018.pdf</t>
   </si>
   <si>
     <t>6753</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6753/projeto_de_lei_no_222.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6753/projeto_de_lei_no_222.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 222.2018.pdf</t>
   </si>
   <si>
     <t>6754</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6754/projeto_de_lei_no_223.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6754/projeto_de_lei_no_223.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 223.2018.pdf</t>
   </si>
   <si>
     <t>6755</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6755/projeto_de_lei_no_224.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6755/projeto_de_lei_no_224.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 224.2018.pdf</t>
   </si>
   <si>
     <t>6756</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6756/projeto_de_lei_no_225.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6756/projeto_de_lei_no_225.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 225.2018.pdf</t>
   </si>
   <si>
     <t>6757</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6757/projeto_de_lei_no_226.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6757/projeto_de_lei_no_226.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 226.2018.pdf</t>
   </si>
   <si>
     <t>6758</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6758/projeto_de_lei_no_227.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6758/projeto_de_lei_no_227.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 227.2018.pdf</t>
   </si>
   <si>
     <t>6759</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6759/projeto_de_lei_no_228.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6759/projeto_de_lei_no_228.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 228.2018.pdf</t>
   </si>
   <si>
     <t>6760</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6760/projeto_de_lei_no_229.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6760/projeto_de_lei_no_229.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 229.2018.pdf</t>
   </si>
   <si>
     <t>6761</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6761/projeto_de_lei_no_230.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6761/projeto_de_lei_no_230.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 230.2018.pdf</t>
   </si>
   <si>
     <t>6762</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6762/projeto_de_lei_no_231.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6762/projeto_de_lei_no_231.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 231.2018.pdf</t>
   </si>
   <si>
     <t>6763</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6763/projeto_de_lei_no_232.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6763/projeto_de_lei_no_232.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 232.2018.pdf</t>
   </si>
   <si>
     <t>6764</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6764/projeto_de_lei_no_233.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6764/projeto_de_lei_no_233.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 233.2018.pdf</t>
   </si>
   <si>
     <t>6765</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6765/projeto_de_lei_no_234.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6765/projeto_de_lei_no_234.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 234.2018.pdf</t>
   </si>
   <si>
     <t>6766</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6766/projeto_de_lei_no_235.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6766/projeto_de_lei_no_235.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 235.2018.pdf</t>
   </si>
   <si>
     <t>6767</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6767/projeto_de_lei_no_236.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6767/projeto_de_lei_no_236.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 236.2018.pdf</t>
   </si>
   <si>
     <t>6768</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6768/projeto_de_lei_no_237.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6768/projeto_de_lei_no_237.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 237.2018.pdf</t>
   </si>
   <si>
     <t>6769</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6769/projeto_de_lei_no_238.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6769/projeto_de_lei_no_238.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 238.2018.pdf</t>
   </si>
   <si>
     <t>6770</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6770/projeto_de_lei_no_239.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6770/projeto_de_lei_no_239.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 239.2018.pdf</t>
   </si>
   <si>
     <t>6771</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6771/projeto_de_lei_no_240.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6771/projeto_de_lei_no_240.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 240.2018.pdf</t>
   </si>
   <si>
     <t>6772</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6772/projeto_de_lei_no_241.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6772/projeto_de_lei_no_241.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 241.2018.pdf</t>
   </si>
   <si>
     <t>6773</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6773/projeto_de_lei_no_242.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6773/projeto_de_lei_no_242.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 242.2018.pdf</t>
   </si>
   <si>
     <t>6774</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6774/projeto_de_lei_no_243.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6774/projeto_de_lei_no_243.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 243.2018.pdf</t>
   </si>
   <si>
     <t>6775</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6775/projeto_de_lei_no_244.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6775/projeto_de_lei_no_244.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 244.2018.pdf</t>
   </si>
   <si>
     <t>6776</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6776/projeto_de_lei_no_245.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6776/projeto_de_lei_no_245.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 245.2018.pdf</t>
   </si>
   <si>
     <t>6777</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6777/projeto_de_lei_no_246.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6777/projeto_de_lei_no_246.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 246.2018.pdf</t>
   </si>
   <si>
     <t>6778</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6778/projeto_de_lei_no_247.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6778/projeto_de_lei_no_247.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 247.2018.pdf</t>
   </si>
   <si>
     <t>6779</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6779/projeto_de_lei_no_248.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6779/projeto_de_lei_no_248.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 248.2018.pdf</t>
   </si>
   <si>
     <t>6780</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6780/projeto_de_lei_no_249.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6780/projeto_de_lei_no_249.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 249.2018.pdf</t>
   </si>
   <si>
     <t>6781</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6781/projeto_de_lei_no_250.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6781/projeto_de_lei_no_250.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 250.2018.pdf</t>
   </si>
   <si>
     <t>6782</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6782/projeto_de_lei_no_251.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6782/projeto_de_lei_no_251.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 251.2018.pdf</t>
   </si>
   <si>
     <t>6783</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6783/projeto_de_lei_no_252.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6783/projeto_de_lei_no_252.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 252.2018.pdf</t>
   </si>
   <si>
     <t>6784</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6784/projeto_de_lei_no_253.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6784/projeto_de_lei_no_253.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 253.2018.pdf</t>
   </si>
   <si>
     <t>6785</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6785/projeto_de_lei_no_254.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6785/projeto_de_lei_no_254.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 254.2018.pdf</t>
   </si>
   <si>
     <t>6786</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6786/projeto_de_lei_no_255.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6786/projeto_de_lei_no_255.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 255.2018.pdf</t>
   </si>
   <si>
     <t>6787</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6787/projeto_de_lei_no_256.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6787/projeto_de_lei_no_256.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 256.2018.pdf</t>
   </si>
   <si>
     <t>6788</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6788/projeto_de_lei_no_257.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6788/projeto_de_lei_no_257.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 257.2018.pdf</t>
   </si>
   <si>
     <t>6789</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6789/projeto_de_lei_no_258.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6789/projeto_de_lei_no_258.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 258.2018.pdf</t>
   </si>
   <si>
     <t>6790</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6790/projeto_de_lei_no_259.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6790/projeto_de_lei_no_259.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 259.2018.pdf</t>
   </si>
   <si>
     <t>6731</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6731/projeto_de_lei_complementar_no_037.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6731/projeto_de_lei_complementar_no_037.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 037.2018.pdf</t>
   </si>
   <si>
     <t>6734</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6734/projeto_de_lei_complementar_no_38.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6734/projeto_de_lei_complementar_no_38.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 38.2018.pdf</t>
   </si>
   <si>
     <t>6735</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6735/projeto_de_lei_complementar_no_39.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6735/projeto_de_lei_complementar_no_39.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 39.2018.pdf</t>
   </si>
   <si>
     <t>6736</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6736/projeto_de_lei_complementar_no_40.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6736/projeto_de_lei_complementar_no_40.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 40.2018.pdf</t>
   </si>
   <si>
     <t>6730</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6730/projeto_de_lei_complementar_041.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6730/projeto_de_lei_complementar_041.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar 041.2018.pdf</t>
   </si>
   <si>
     <t>6737</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6737/projeto_de_lei_complementar_no_42.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6737/projeto_de_lei_complementar_no_42.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 42.2018.pdf</t>
   </si>
   <si>
     <t>6729</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6729/projeto_de_lei__complementar_no_043.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6729/projeto_de_lei__complementar_no_043.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei  Complementar nº 043.2018.pdf</t>
   </si>
   <si>
     <t>6732</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6732/projeto_de_lei_complementar_no_044.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6732/projeto_de_lei_complementar_no_044.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 044.2018.pdf</t>
   </si>
   <si>
     <t>6738</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6738/projeto_de_lei_complementar_no_45.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6738/projeto_de_lei_complementar_no_45.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 45.2018.pdf</t>
   </si>
   <si>
     <t>6733</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6733/projeto_de_lei_complementar_no_046.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6733/projeto_de_lei_complementar_no_046.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 046.2018.pdf</t>
   </si>
   <si>
     <t>6728</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6728/plc47.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6728/plc47.pdf</t>
   </si>
   <si>
     <t>PLC47</t>
   </si>
   <si>
     <t>6739</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6739/projeto_de_lei_complementar_no_48.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6739/projeto_de_lei_complementar_no_48.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 48.2018.pdf</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>6796</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6796/projeto_de_resolucao_007.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6796/projeto_de_resolucao_007.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução 007.2018</t>
   </si>
   <si>
     <t>6798</t>
   </si>
   <si>
     <t>EMEM</t>
   </si>
   <si>
     <t>Emendas</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6798/emendas_ao_projeto_de_lei_no_173.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6798/emendas_ao_projeto_de_lei_no_173.2018.pdf</t>
   </si>
   <si>
     <t>Emendas ao Projeto de Lei nº 173.2018</t>
   </si>
   <si>
     <t>6797</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6797/projeto_de_emenda_a_lei_organica_2.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6797/projeto_de_emenda_a_lei_organica_2.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica 2.2018</t>
   </si>
   <si>
     <t>7288</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7288/projeto_de_emenda_a_lei_organica_2.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7288/projeto_de_emenda_a_lei_organica_2.2018.pdf</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica 2.2018.pdf</t>
   </si>
   <si>
     <t>7289</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7289/emenda_modificativa_ao_projeto_de_lei_no_221.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7289/emenda_modificativa_ao_projeto_de_lei_no_221.2018.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 221.2018.pdf</t>
   </si>
   <si>
     <t>7290</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7290/emenda_modificaitva_ao_projeto_de_lei_no__167.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7290/emenda_modificaitva_ao_projeto_de_lei_no__167.2018.pdf</t>
   </si>
   <si>
     <t>Emenda Modificaitva ao Projeto de Lei nº  167.2018.pdf</t>
   </si>
   <si>
     <t>7291</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7291/emenda_ao_projeto_de_lei_no_235.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7291/emenda_ao_projeto_de_lei_no_235.2018.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei nº 235.2018.pdf</t>
   </si>
   <si>
     <t>7306</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7306/subemenda_aditiva_no_001_ao_plc_043.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7306/subemenda_aditiva_no_001_ao_plc_043.2018.pdf</t>
   </si>
   <si>
     <t>Subemenda aditiva nº 001 ao PLC 043.2018.pdf</t>
   </si>
   <si>
     <t>6793</t>
   </si>
   <si>
     <t>SPLO</t>
   </si>
   <si>
     <t>Substitutivo a Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6793/substitutivo_ao_projeto_de_lei_no_224.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6793/substitutivo_ao_projeto_de_lei_no_224.2018.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei nº 224.2018</t>
   </si>
   <si>
     <t>6794</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6794/substitutivo_ao_projeto_de_lei_no_225.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6794/substitutivo_ao_projeto_de_lei_no_225.2018.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei nº 225.2018</t>
   </si>
   <si>
     <t>6791</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>SPLC</t>
   </si>
   <si>
     <t>Substitutivo a Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6791/substitutivo_ao_projeto_de_lei_complementar_no_019.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6791/substitutivo_ao_projeto_de_lei_complementar_no_019.2018.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei Complementar nº 019.2018</t>
   </si>
   <si>
     <t>6792</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6792/substitutivo_ao_projeto_de_lei_no_192.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6792/substitutivo_ao_projeto_de_lei_no_192.2018.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei nº 192.2018</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
     <t>OFC</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, Evandro Donizetti da Cunha, vem através deste, encaminhar novamente cópia autenticada dos documentos relativos a Prestação de Contas Municipal n. 958.613 do exercício de 2014, conforme solicitação contida do Ofício nº 1399/2017/CAMP/MPC._x000D_
 Em 14/09/2017, a Câmara Municipal de Formiga encaminhou, por meio do Ofício n. 327/2017/SCMF, cópia da ata da sessão de julgamento realizada em 17/07/2017 e o Decreto Legislativo n. 034/2017, informando sobre a rejeição das contas do Chefe do Poder Executivo do exercício de 2014. _x000D_
 Ocorre que, nesse julgamento, não foi concedido o direito ao contraditório e ampla defesa ao Chefe do Poder Executivo do mencionado exercício. Sendo assim, a Câmara Municipal procedeu novo julgamento, concedendo tal direito ao ex-prefeito, e apresenta, em anexo, cópia autenticada dos seguintes documentos:_x000D_
 _x000D_
 ·	Decreto Legislativo nº 036/2018, que rejeita as contas do Município de Formiga, relativas ao exercício de 2014 e dá outras providências;_x000D_
 ·	Ofício nº 455/2017/SCMF, de 30/11/2017, da Câmara Municipal de Formiga intimando o Sr. Moacir Ribeiro da Silva, prefeito do exercício de 2014, a apresentar defesa e acompanhar o julgamento das contas relativas ao exercício de 2014;_x000D_
 ·	Ata da 48ª Reunião Ordinária da Câmara Municipal de Formiga, de 04/12/2017, na qual o Projeto de Decreto Legislativo nº 007/2017 deu entrada para estudo e parecer das Comissões; _x000D_
 ·	Ata da 50ª Reunião Ordinária da Câmara Municipal de Formiga, de 18/12/2017, na qual o Projeto de Decreto Legislativo nº 007/2017 foi discutido e aprovado por unanimidade pelo plenário, contendo a relação nominal dos Edis presentes na sessão. Ressalta-se que os vereadores votaram o projeto sem ter conhecimento que a defesa do ex-prefeito havia sido protocolizada na Casa no mesmo dia;_x000D_
 ·	Defesa do Sr. Moacir Ribeiro da Silva, prefeito de 2014, relativa à rejeição das contas do exercício de 2014, protocolizada na Câmara Municipal de 18/12/2017;_x000D_
 ·	Ato Legislativo de Invalidação/Anulação da Votação do Projeto de Decreto Legislativo nº 007/2017, de 19/12/2017;_x000D_
 ·	Ofício nº 485/2017/SCMF, de 22/12/2017, da Câmara Municipal de Formiga cientificando o Sr. Moacir Ribeiro da Silva, prefeito do exercício de 2014, que a votação do Projeto de Decreto Legislativo nº 007/2017 foi anulada/invalidada e intimando o mesmo, para querendo, apresentar defesa oral na Reunião Extraordinária do dia 11/01/2018;_x000D_
@@ -5911,655 +5911,790 @@
 _x000D_
 Reitero as solicitações contidas nos Ofícios nº 186 de 22/05/2018 e 365 de 19/07/2018, para que a Prefeitura Municipal de Formiga, através desta Secretaria Municipal, fiscalize e exija o cumprimento da Lei Municipal nº 5272, de 25 de abril de 2018 (Fixa o horário de funcionamento e disponibilidade de acesso aos terminais de caixas eletrônicos no Município de Formiga) por parte da Agência da Caixa Econômica Federal. _x000D_
 Solicito ainda, mais uma vez, a aplicação da multa à essa mesma instituição financeira em razão de reiteradas situações de inobservância à norma municipal, a última ocorrida no domingo, 26 de agosto._x000D_
 Convém reforçar que o não-cumprimento de leis por parte do agente público - in casu, a não aplicação da Lei nº 5272/2018 - é situação que enseja atos de improbidade administrativa, nos termos da Lei nº 8.429 de 2 de junho de 1992.</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>Foi registrado pelo Vereador Sandromar Evandro Vieira – Sandrinho da Looping, na 83ª Reunião Ordinária, realizada em 27 de agosto de 2018, o envio a Vossa Excelência da seguinte solicitação (ouvido em plenário, votado e aprovado):_x000D_
 _x000D_
 Solicito que Sr. Prefeito Eugênio Vilela diligencie junto ao Secretário Municipal de Fiscalização e Regulação Urbana, no sentido de fiscalizar e exigir o cumprimento da Lei Municipal nº 5272, de 25 de abril de 2018 (Fixa o horário de funcionamento e disponibilidade de acesso aos terminais de caixas eletrônicos no Município de Formiga) por parte da Agência da Caixa Econômica Federal. _x000D_
 Reforço que por diversas vezes foi solicitado a aplicação de multa pela inobservância da norma municipal, uma vez que a referida instituição por diversas vezes descumpriu o disposto na lei, a última neste domingo, 26 de agosto._x000D_
 A lei, de autoria deste edil, é fruto da solicitação da população que há tempo reclama a dificuldade de acesso aos caixas eletrônicos nos finais de semana e após o horário comercial. Contudo, não obstante a aprovação e sanção da referida lei, a Caixa Econômica Federal não a tem observado, desrespeitando assim o direito dos cidadãos.</t>
   </si>
   <si>
     <t>6795</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6795/convocacao.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6795/convocacao.pdf</t>
   </si>
   <si>
     <t>Convocação</t>
   </si>
   <si>
     <t>6727</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>PIN</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6727/oficio_retirando_o_projeto_de_lei_complementar_no_41.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6727/oficio_retirando_o_projeto_de_lei_complementar_no_41.2018.pdf</t>
   </si>
   <si>
     <t>Ofício retirando o Projeto de Lei Complementar nº 41.2018</t>
   </si>
   <si>
     <t>8862</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8862/portaria_no_001.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8862/portaria_no_001.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Carla Teles Costa, para provimento do cargo de Assessora de Secretaria Geral, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8863</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8863/portaria_no_002.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8863/portaria_no_002.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Marcelo Nogueira, para provimento do cargo de Assessor Administrativo Legislativo, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8864</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8864/portaria_no_003.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8864/portaria_no_003.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Marco Túlio de Paiva Leal, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8865</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8865/portaria_no_004.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8865/portaria_no_004.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Lívio César Andrade Vieira, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8866</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8866/portaria_no_005.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8866/portaria_no_005.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Káttia Cristina Borges Alves, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8911</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8911/portaria_no_006.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8911/portaria_no_006.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Luciene Morais Teixeira, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8912</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8912/portaria_no_007.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8912/portaria_no_007.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Mariana Augusta de Carvalho, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho</t>
   </si>
   <si>
     <t>8913</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8913/portaria_no_008.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8913/portaria_no_008.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Maria Vitória Ramos, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8914</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8914/portaria_no_009.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8914/portaria_no_009.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Cleverson Nascimento Lares, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8915</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8915/portaria_no_010.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8915/portaria_no_010.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Miriam Mara Mendonça, para provimento do cargo de Assessor Jurídico Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>8916</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8916/portaria_no_011.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8916/portaria_no_011.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear Eduardo Lacerda Vaz, para provimento do cargo em comissão de Assessor Comunicação Legislativo, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8917</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8917/portaria_no_012.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8917/portaria_no_012.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Antônio de Pádua Elias de Sousa, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8918</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8918/portaria_no_013.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8918/portaria_no_013.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Técnica de Avaliação do Processo Licitatório nº 010/2017, Pregão nº 009/2017, que tem por objeto a contratação de empresa para fornecimento de licença de uso e locação de software de gestão pública municipal por prazo determinado, com atualização mensal, que garanta as alterações legais, corretivas e evolutivas, incluindo, conversão de dados pré-existentes, migração, implantação, treinamento, suporte e atendimento técnico via telefone, acesso remoto, visita in loco e assessoria.</t>
   </si>
   <si>
     <t>8919</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8919/portaria_no_014.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8919/portaria_no_014.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial para avaliação da concessão de incentivo por titulação em graduação ao servidor efetivo e estável da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8920</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8920/portaria_no_015.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8920/portaria_no_015.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Constituição, Justiça e Redação.</t>
   </si>
   <si>
     <t>8921</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8921/portaria_no_016.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8921/portaria_no_016.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Finanças, Orçamento e Tomada de Contas.</t>
   </si>
   <si>
     <t>8922</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8922/portaria_no_017.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8922/portaria_no_017.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Serviços Públicos Municipais.</t>
   </si>
   <si>
     <t>8923</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8923/portaria_no_018.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8923/portaria_no_018.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno desta Casa Legislativa, uma Comissão Especial de Meio Ambiente.</t>
   </si>
   <si>
     <t>8924</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8924/portaria_no_019.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8924/portaria_no_019.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 97-A do Regimento Interno desta Casa Legislativa, uma Comissão de Participação Popular.</t>
   </si>
   <si>
     <t>8925</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8925/portaria_no_020.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8925/portaria_no_020.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno desta Casa Legislativa, uma Comissão Especial de Saúde.</t>
   </si>
   <si>
     <t>8926</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8926/portaria_no_021.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8926/portaria_no_021.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno desta Casa Legislativa, uma Comissão Especial de Segurança Pública.</t>
   </si>
   <si>
     <t>8927</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8927/portaria_no_022.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8927/portaria_no_022.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Instituir a Comissão Especial de Registro de Preços e nomear os seguintes servidores:_x000D_
 _x000D_
 Antônio Carlos de Campos Júnior - Presidente_x000D_
 Carlos Renato Brito Angeli - Relator_x000D_
 Marcelo Nogueira - Membro</t>
   </si>
   <si>
     <t>8928</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8928/portaria_no_023.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8928/portaria_no_023.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Alysson Caetano Leal, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8929</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8929/portaria_no_024.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8929/portaria_no_024.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Antônio Monteiro Júnior, para provimento do cargo de Assistente Judiciário Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>8930</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8930/portaria_no_025.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8930/portaria_no_025.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno desta Casa Legislativa, uma Comissão Especial para compor o Órgão de Defesa dos Direitos Humanos, prevista no art. 5º da Lei nº 3.904, de 27 de setembro de 2006.</t>
   </si>
   <si>
     <t>8931</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8931/portaria_no_026.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8931/portaria_no_026.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder ao servidor da Câmara Municipal, Éderson dos Reis Morais - Agente Legislativo, o incentivo por titulação em graduação no valor de 10% (dez por cento) sobre o vencimento base que recebe o servidor, conforme Resolução nº 302/2008.</t>
   </si>
   <si>
     <t>8932</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8932/portaria_no_027.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8932/portaria_no_027.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Sandro José da Cunha, para provimento do cargo de Assistente Judiciário Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>8933</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8933/portaria_no_028.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8933/portaria_no_028.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 12 de fevereiro de 2018, segunda-feira de Carnaval, para o dia 08 de fevereiro de 2018, quinta-feira, às 9 horas no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8934</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8934/portaria_no_029.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8934/portaria_no_029.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 12 de fevereiro de 2018, segunda-feira, véspera do feriado de Carnaval.</t>
   </si>
   <si>
     <t>8935</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8935/portaria_no_030.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8935/portaria_no_030.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear a Vereadora Joice Alvarenga Borges Carvalho para integrar as comissões permanentes e temporárias da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8936</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8936/portaria_no_031.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8936/portaria_no_031.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica regulamentado o banco de horas dos servidores da Câmara Municipal de Formiga, nos termos constantes desta Portaria.</t>
   </si>
   <si>
     <t>8937</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8937/portaria_no_032.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8937/portaria_no_032.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer sobre o Projeto de Lei nº 103/2017, altera a redação da Lei Municipal nº 5.205/2017 (que dispõe sobre a destinação e o recebimento de patrocínio pelo Poder Público a eventos realizados no território do Município), diminuindo a amplitude do impedimento para a concessão de patrocínio por parte do Município.</t>
   </si>
   <si>
     <t>8938</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8938/portaria_no_033.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8938/portaria_no_033.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, Flávia Tereza da Silva, Assistente Legislativo, 30 (trinta) dias de férias prêmio, no período de 26 (vinte e seis) de fevereiro a 27 (vinte e sete) de março de 2018.</t>
   </si>
   <si>
     <t>8939</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8939/portaria_no_034.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8939/portaria_no_034.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer sobre o Projeto de Lei nº 131/2018, dispõe sobre calçamentos, pavimentações e/ou asfaltamentos das estradas em zona rural do município de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>8940</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8940/portaria_no_035.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8940/portaria_no_035.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º O servidor responsável pela recepção da Câmara Municipal de Formiga, deverá identificar todos os cidadãos que desejarem atendimento nesta Casa.</t>
   </si>
   <si>
     <t>8941</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8941/portaria_no_036.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8941/portaria_no_036.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 29 de março de 2018, quinta-feira, véspera do feriado 30 de março, sexta-feira da paixão, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8942</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8942/portaria_no_037.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8942/portaria_no_037.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial para avaliação da concessão de incentivo por titulação em pós-graduação à servidora efetiva e estável da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8943</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8943/portaria_no_038.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8943/portaria_no_038.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder à servidora da Câmara Municipal, Flávia Tereza da Silva Ferreira - Assistente do Legislativo, o incentivo por titulação em pós-graduação no valor de 15% (quinze por cento) sobre o vencimento base que recebe o servidor, conforme Resolução nº 302/2008.</t>
   </si>
   <si>
     <t>8944</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8944/portaria_no_039.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8944/portaria_no_039.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com os artigos 91, 256 e 257 do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de analisar e exarar o parecer no Veto ao Projeto de Lei nº 131/2018, dispõe sobre calçamentos, pavimentações e/ou asfaltamentos das estradas em zona rural do município de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>8945</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8945/portaria_no_040.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8945/portaria_no_040.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 30 de abril de 2018, segunda-feira, véspera do feriado 1º de maio, terça-feira Dia do Trabalho, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8946</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8946/portaria_no_041.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8946/portaria_no_041.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 30 de abril de 2018, segunda-feira, para o dia 26 de abril de 2018, quinta-feira, às 17 horas no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8947</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8947/portaria_no_042.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8947/portaria_no_042.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Revogar a Portaria nº 39, de 24 de abril de 2018.</t>
   </si>
   <si>
     <t>8948</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8948/portaria_no_043.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8948/portaria_no_043.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar a servidora Flávia Bernardo Barboza, ocupante do cargo efetivo  Auxiliar de Contabilidade, portadora do RG nº 3710759, inscrita no CPF: 033.834.786-02 para realizar as seguintes transações bancárias: emitir cheques, abrir contas de depósitos, solicitar saldos, extratos e comprovantes, requisitar talonários de cheques, retirar cheques devolvidos, endossar cheque, sustar e/ou contra-ordenar cheques, cancelar cheques, baixar cheques, efetuar resgates ou aplicações financeiras, cadastrar, alterar e desbloquear senhas, efetuar saques - conta correntes, efetuar saques - poupança,  efetuar pagamentos por meio eletrônico, efetuar transferência por meio eletrônico, efetuar movimentação financeira no RPG, liberar arquivos de pagamentos no gerenciador financeiro, solicitar saldos/extratos de investimentos, solicitar saldos/extratos de operações de credito, emitir comprovantes, efetuar transferência para a mesma titularidade, encerrar contas de depósito.</t>
   </si>
   <si>
     <t>8949</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8949/portaria_no_044.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8949/portaria_no_044.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Instituir uma Comissão Especial com finalidade específica para analisar e avaliar o veículo da Câmara Municipal de Formiga, para fins de baixa, sendo:_x000D_
 _x000D_
 Marca: Veículo  Fiat/Línea Essence 1.8,  ano/modelo  2013/2014,  cor preta,  placa  OWP-9797, _x000D_
 CHASSI 9BD11053DE1564695, Renavam 00599659270.</t>
   </si>
   <si>
     <t>8950</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8950/portaria_no_045.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8950/portaria_no_045.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial com a finalidade de estudar e exarar parecer ao Projeto de Decreto Legislativo nº 001/2018, que concede títulos de Cidadania Honorária e Medalhas de Honra ao Mérito e dá outras providências.</t>
   </si>
   <si>
     <t>8951</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8951/portaria_no_046.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8951/portaria_no_046.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Érica Fátima de Oliveira do cargo em comissão de Assessora de Comunicação Legislativo.</t>
   </si>
   <si>
     <t>8952</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8952/portaria_no_047.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8952/portaria_no_047.2018.pdf</t>
   </si>
   <si>
     <t>8953</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8953/portaria_no_048.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8953/portaria_no_048.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 01 de junho de 2018, sexta-feira, após o feriado 31 de maio, quinta feria, Dia de Corpus Christi, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8954</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8954/portaria_no_049.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8954/portaria_no_049.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar que os veículos oficiais da Câmara Municipal não estarão disponíveis para utilização, em virtude dos últimos acontecimentos em âmbito nacional, que estão deixando as cidades desabastecidas.</t>
   </si>
   <si>
     <t>8955</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8955/portaria_no_050.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8955/portaria_no_050.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder ao servidor Magno Luiz da Silva, Assistente Legislativo, 30 (trinta) dias de férias prêmio, no período de 31 (trinta e um) de maio a 29 (vinte e nove) de junho de 2018.</t>
   </si>
   <si>
     <t>8956</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8956/portaria_no_051.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8956/portaria_no_051.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de estudar e exarar parecer sobre o Projeto de Lei nº 153/2018, que desafeta área institucional e autoriza sua permuta para construção do Centro de Desenvolvimento Social e Comunitário (CEDESC) na área institucional situada na Rua Contorno dos Pomares, entre os residenciais Geraldo Veloso e Tino Pereira.</t>
   </si>
   <si>
     <t>8957</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8957/portaria_no_052.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8957/portaria_no_052.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de estudar e exarar parecer sobre o Projeto de Lei nº 166/2018, que dispõe sobre a cobrança da dívida ativa da Fazenda Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8958</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8958/portaria_no_053.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8958/portaria_no_053.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Técnica de Avaliação do Processo Licitatório nº 005/2018, Pregão nº 005/2018, que tem por objeto contratação de empresa para fornecimento de licença de uso e locação de software de gestão do Legislativo, bem como os serviços de manutenção mensal, instalação, implantação e treinamento dos servidores; complementado com consultoria especializada e suporte local ou remoto, já inclusas alterações legais e manutenções corretivas.</t>
   </si>
   <si>
     <t>8959</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8959/portaria_no_054.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8959/portaria_no_054.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Revogar a Portaria nº 49, de 28 de maio de 2018.</t>
   </si>
   <si>
     <t>8960</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8960/portaria_no_055.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8960/portaria_no_055.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de estudar e exarar parecer sobre o Projeto de Lei nº 168/2018, que dispõe sobre a implantação de medidas de informação e proteção à gestante e parturiente contra a violência obstétrica no Município de Formiga/MG.</t>
   </si>
   <si>
     <t>8961</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8961/portaria_no_056.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8961/portaria_no_056.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com os artigos 91, 256 e 257 do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de analisar e exarar o parecer no Veto ao Projeto de Lei nº 166/2018, dispõe sobre a cobrança da dívida ativa da Fazenda Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8962</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8962/portaria_no_057.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8962/portaria_no_057.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica determinada a jornada especial dos servidores e o horário de atendimento ao público na Câmara Municipal de Formiga nos jogos da Seleção Brasileira de Futebol na Copa do Mundo FIFA 2018.</t>
   </si>
   <si>
     <t>8963</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8963/portaria_no_058.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8963/portaria_no_058.2018.pdf</t>
   </si>
   <si>
     <t>8964</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8964/portaria_no_059.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8964/portaria_no_059.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar a pedido do Vereador Sandromar Evandro Vieira - Sandrinho da Looping, o servidor Alysson Caetano Leal do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>8965</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8965/portaria_no_060.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8965/portaria_no_060.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 16 de julho de 2018, segunda-feira, para o dia 12 de julho de 2018, quinta-feira, às 9 horas no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8966</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8966/portaria_no_061.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8966/portaria_no_061.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Gabriel Lasmar Severo Silva, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8967</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8967/portaria_no_062.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8967/portaria_no_062.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar que os veículos oficiais da Câmara Municipal não estarão disponíveis para utilização dos vereadores durante o recesso parlamentar.</t>
   </si>
   <si>
     <t>8968</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8968/portaria_no_063.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8968/portaria_no_063.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Luciana Alves da Silva do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>8969</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8969/portaria_no_064.2018.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8969/portaria_no_064.2018.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar a abertura de Processo de Sindicância, para apurar possíveis irregularidades acerca do procedimento de fornecimento e divulgação de documento oficial desta Casa Legislativa, sem observância da Lei nº 12.527, de 18 de novembro de 2011 - Lei de Acesso Informação.</t>
+  </si>
+  <si>
+    <t>11584</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11584/portaria_n_071_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o §2° art. 115, do Regimento Interno desta Casa Legislativa, uma comissão Especial com a finalidade de exarar parecer sobre o Projeto de Resolução nº 005/2017, institui no ambito da Câmara Municipal de Formiga MG a disponibilizaçdo de intérpretes da Lingua Brasileira de Sinais e da outras providéncias. Art. 2° A comissão será composta pelos vereadores: Flavio Martins da Silva - Flavio Martins - Presidente Joice Alvarenga Borges de Carvalho - Joice Alvarenga - Relatora Mauro César Alves de Sousa - Mauro César - Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 23 de outubro de 2018.</t>
+  </si>
+  <si>
+    <t>11585</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11585/portaria_n_072_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Determinar ponto facultativo na Câmara Municipal de Formiga, no dia 01 de novembro de 2018, quinta-feira. Parágrafo único. O ponto facultativo previsto no caput será concedido em comemoração ao Dia do Servidor Público Municipal. Art. 2º Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11586</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11586/portaria_n_073_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar a pedido do Vereador Sandromar Evandro Vieira - Sandrinho da Looping, o servidor Gabriel Lasmar Severo Silva do cargo em comissão de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação, retroagindo seus efeitos a 01 de outubro de 2018.</t>
+  </si>
+  <si>
+    <t>11587</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11587/portaria_n_074_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissio Marilia Auxiliadora Correia Machado, para provimento do cargo de Assessora Parlamentar, para cumprimento de jornada diaria de 8 (oito) horas de trabalho. Paragrafo tnico. A nomeação da Assessora Parlamentar, previsto no caput, é feita mediante indicação do vereador Sandromar Evandro Vieira. Art. 2° Esta Portaria entra em vigor na data de sua publicagçdo, produzindo seus efeitos a partir 05 de novembro de 2018.</t>
+  </si>
+  <si>
+    <t>11588</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11588/portaria_n_075_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o §2°, art. 115, do Regimento Interno desta Casa Legislativa, uma comissão Especial com a finalidade de estudar e exarar parecer sobre o Projeto de Lei nº 232/2018, que altera redação da Lei Municipal nº 5.268/2018, que dispde sobre a autorização de alienação de imoveis do patrimdnio municipal. Art. 2° A comissão será composta pelos vereadores: Joice Alvarenga Borges de Carvalho - Joice Alvarenga - Presidente Mauro César Alves de Sousa - Mauro César - Relator Marcelo Fernandes de Oliveira - Marcelo Fernandes - Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 06 de novembro de 2018.</t>
+  </si>
+  <si>
+    <t>11589</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11589/portaria_n_076_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar ponto facultativo na Câmara Municipal de Formiga, o dia 16 de novembro de 2018, sexta-feira, após o feriado 15 de novembro, quinta-feira, Dia da Proclamagéo da Republica. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11590</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11590/portaria_n_077_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conceder ao servidor, ORTON MARCOS ALVES DO COUTO, Auxiliar Legislativo, 01 (um) mês de férias prémio, no periodo de 19 (dezenove) de novembro a 18 (dezoito) de dezembro de 2018. Art. 2° Esta Portaria entrard em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11591</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11591/portaria_n_078_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Prorrogar o prazo de funcionamento da comissão Especial, nomeada através da Portaria nº 065 de 05 de setembro de 2018, por mais 30 (trinta) dias. Parágrafo único. Esta prorrogação se justifica por estarem em andamento os trabalhos da comissão Especial. Art. 2° Esta Portaria entra em vigor na data de sua publicação, retroagindo seus efeitos a 08 de novembro de 2018.</t>
+  </si>
+  <si>
+    <t>11592</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11592/portaria_n_079_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o §2°, art. 115, do Regimento Interno desta Casa Legislativa, uma comissão Especial com a finalidade de estudar e exarar parecer sobre os seguintes projetos: Projeto de Lei Complementar nº 045/2018, que altera a Lei Complementar nº 42, de 24 de fevereiro de 2011 e o Projeto de Lei Complementar nº 046/2018, que altera o Anexo V, Lei Complementar nº 42, de 24 de fevereiro de 2011, com redação dada pela Lei Complementar nº 174, de 02 de janeiro de 2018. Art. 2° A comissão serd composta pelos vereadores: Mauro César Alves de Sousa - Mauro César - Presidente Flavio Santos do Couto - Flavio Couto - Relator Marcelo Fernandes de Oliveira - Marcelo Fernandes - Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 20 de novembro de 2018.</t>
+  </si>
+  <si>
+    <t>11593</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11593/portaria_n_080_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Instituir a Comissão Permanente de Licitação da Câmara Municipal de Formiga, atendendo ao disposto na Lei Federal nº 8.666/93 e suas alterações. Art. 2° Nomear para compor a comissão Permanente de Licitação os seguintes servidores: Maria Cristina Labella de Carvalho — Presidente Ederson dos Reis Morais — Relator Flavia Bernardo Barboza — Membro Suplentes: 1° Suplente — Antdnio Carlos de Campos Júnior 2° Suplente — José Carlos Campos 3° Suplente — Elisangela Garcia de Aratjo Paragrafo único. Esta comissão ficard sob a presidência do primeiro nomeado e terá vigência até 30 de novembro de 2019. Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir do primeiro dia util do mês de dezembro de 2018.</t>
+  </si>
+  <si>
+    <t>11594</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11594/portaria_n_081_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Instituir uma comissão Especial com finalidade especifica para analisar e avaliar o veiculo da Câmara Municipal de Formiga, para fins de baixa, sendo: Marca: FORD/FOCUS SEDAN 2.0 FLEX, ano/modelo 2013/2013, cor preta, placa OQD 6504, CHASSI BAFTZZFFCDJ125209. Art. 2° A comissão serd composta pelos servidores: Carlos Renato Brito Angeli - Presidente Ederson dos Reis Morais - Relator Antônio Carlos de Campos Júnior - Membro Art. 3° A comissão terd o prazo de 45 (quarenta e cinco) dias, a contar desta data, para emitir seu parecer. Art. 4° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11595</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11595/portaria_n_082_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o $2º, art. 115, do Regimento Interno desta Casa Legislativa, uma comissão Especial com a finalidade de estudar e exarar parecer sobre o seguinte projeto: Projeto de Lei nº 167/2018, que altera a redação de dispositivos da Lei nº 932, de 20 de dezembro de 1973, que dispde sobre o Código de Posturas do Municipio de Formiga e dé outras providéncias. Art. 2° A comissão serd composta pelos vereadores: Marcelo Fernandes de Oliveira - Marcelo Fernandes - Presidente Mauro César Alves de Sousa - Mauro César - Relator Flavio Martins da Silva - Flavio Martins - Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 11 de dezembro de 2018.</t>
+  </si>
+  <si>
+    <t>11596</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11596/portaria_n_083_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar ponto facultativo os dias 24 e 31 de dezembro de 2018, nas dependéncias da Câmara Municipal de Formiga. Art. 2° Esta Portaria entra em vigor na data de sua publicagéo.</t>
+  </si>
+  <si>
+    <t>11597</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11597/portaria_n_084_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Exonerar Miriam Mara Mendonça do cargo em comissão de Assessor Jurídico Legislativo. Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de dezembro de 2018.</t>
+  </si>
+  <si>
+    <t>11598</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11598/portaria_n_085_2018.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Sandro José da Cunha do cargo em comissão de Assistente Judiciario Legislativo. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de dezembro de 2018.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6863,67 +6998,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1395/projeto_de_lei_167.2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1417/projetos-entrada_na_reuniao_ordinaria_193.2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1425/projeto_de_lei_205.2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1426/projeto_de_lei_no_206.2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6740/projeto_de_lei_no_207.2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6741/projeto_de_lei_no_208.2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6742/projeto_de_lei_no_209.2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6743/projeto_de_lei_no_210.2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6744/projeto_de_lei_no_211.2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6745/projeto_de_lei_no_212.2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1427/projeto_de_lei_no_213.2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6746/projeto_de_lei_no_214.2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6747/projeto_de_lei_no_215.2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1428/projeto_de_lei_no_216.2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6748/projeto_de_lei_no_217.2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6749/projeto_de_lei_no_218.2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6750/projeto_de_lei_no_219.2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6751/projeto_de_lei_no_220.2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6752/projeto_de_lei_no_221.2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6753/projeto_de_lei_no_222.2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6754/projeto_de_lei_no_223.2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6755/projeto_de_lei_no_224.2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6756/projeto_de_lei_no_225.2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6757/projeto_de_lei_no_226.2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6758/projeto_de_lei_no_227.2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6759/projeto_de_lei_no_228.2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6760/projeto_de_lei_no_229.2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6761/projeto_de_lei_no_230.2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6762/projeto_de_lei_no_231.2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6763/projeto_de_lei_no_232.2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6764/projeto_de_lei_no_233.2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6765/projeto_de_lei_no_234.2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6766/projeto_de_lei_no_235.2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6767/projeto_de_lei_no_236.2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6768/projeto_de_lei_no_237.2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6769/projeto_de_lei_no_238.2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6770/projeto_de_lei_no_239.2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6771/projeto_de_lei_no_240.2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6772/projeto_de_lei_no_241.2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6773/projeto_de_lei_no_242.2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6774/projeto_de_lei_no_243.2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6775/projeto_de_lei_no_244.2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6776/projeto_de_lei_no_245.2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6777/projeto_de_lei_no_246.2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6778/projeto_de_lei_no_247.2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6779/projeto_de_lei_no_248.2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6780/projeto_de_lei_no_249.2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6781/projeto_de_lei_no_250.2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6782/projeto_de_lei_no_251.2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6783/projeto_de_lei_no_252.2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6784/projeto_de_lei_no_253.2018.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6785/projeto_de_lei_no_254.2018.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6786/projeto_de_lei_no_255.2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6787/projeto_de_lei_no_256.2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6788/projeto_de_lei_no_257.2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6789/projeto_de_lei_no_258.2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6790/projeto_de_lei_no_259.2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6731/projeto_de_lei_complementar_no_037.2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6734/projeto_de_lei_complementar_no_38.2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6735/projeto_de_lei_complementar_no_39.2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6736/projeto_de_lei_complementar_no_40.2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6730/projeto_de_lei_complementar_041.2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6737/projeto_de_lei_complementar_no_42.2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6729/projeto_de_lei__complementar_no_043.2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6732/projeto_de_lei_complementar_no_044.2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6738/projeto_de_lei_complementar_no_45.2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6733/projeto_de_lei_complementar_no_046.2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6728/plc47.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6739/projeto_de_lei_complementar_no_48.2018.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6796/projeto_de_resolucao_007.2018.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6798/emendas_ao_projeto_de_lei_no_173.2018.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6797/projeto_de_emenda_a_lei_organica_2.2018.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7288/projeto_de_emenda_a_lei_organica_2.2018.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7289/emenda_modificativa_ao_projeto_de_lei_no_221.2018.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7290/emenda_modificaitva_ao_projeto_de_lei_no__167.2018.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7291/emenda_ao_projeto_de_lei_no_235.2018.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7306/subemenda_aditiva_no_001_ao_plc_043.2018.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6793/substitutivo_ao_projeto_de_lei_no_224.2018.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6794/substitutivo_ao_projeto_de_lei_no_225.2018.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6791/substitutivo_ao_projeto_de_lei_complementar_no_019.2018.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6792/substitutivo_ao_projeto_de_lei_no_192.2018.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6795/convocacao.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6727/oficio_retirando_o_projeto_de_lei_complementar_no_41.2018.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8862/portaria_no_001.2018.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8863/portaria_no_002.2018.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8864/portaria_no_003.2018.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8865/portaria_no_004.2018.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8866/portaria_no_005.2018.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8911/portaria_no_006.2018.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8912/portaria_no_007.2018.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8913/portaria_no_008.2018.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8914/portaria_no_009.2018.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8915/portaria_no_010.2018.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8916/portaria_no_011.2018.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8917/portaria_no_012.2018.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8918/portaria_no_013.2018.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8919/portaria_no_014.2018.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8920/portaria_no_015.2018.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8921/portaria_no_016.2018.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8922/portaria_no_017.2018.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8923/portaria_no_018.2018.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8924/portaria_no_019.2018.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8925/portaria_no_020.2018.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8926/portaria_no_021.2018.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8927/portaria_no_022.2018.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8928/portaria_no_023.2018.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8929/portaria_no_024.2018.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8930/portaria_no_025.2018.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8931/portaria_no_026.2018.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8932/portaria_no_027.2018.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8933/portaria_no_028.2018.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8934/portaria_no_029.2018.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8935/portaria_no_030.2018.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8936/portaria_no_031.2018.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8937/portaria_no_032.2018.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8938/portaria_no_033.2018.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8939/portaria_no_034.2018.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8940/portaria_no_035.2018.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8941/portaria_no_036.2018.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8942/portaria_no_037.2018.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8943/portaria_no_038.2018.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8944/portaria_no_039.2018.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8945/portaria_no_040.2018.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8946/portaria_no_041.2018.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8947/portaria_no_042.2018.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8948/portaria_no_043.2018.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8949/portaria_no_044.2018.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8950/portaria_no_045.2018.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8951/portaria_no_046.2018.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8952/portaria_no_047.2018.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8953/portaria_no_048.2018.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8954/portaria_no_049.2018.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8955/portaria_no_050.2018.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8956/portaria_no_051.2018.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8957/portaria_no_052.2018.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8958/portaria_no_053.2018.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8959/portaria_no_054.2018.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8960/portaria_no_055.2018.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8961/portaria_no_056.2018.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8962/portaria_no_057.2018.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8963/portaria_no_058.2018.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8964/portaria_no_059.2018.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8965/portaria_no_060.2018.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8966/portaria_no_061.2018.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8967/portaria_no_062.2018.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8968/portaria_no_063.2018.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8969/portaria_no_064.2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1395/projeto_de_lei_167.2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1417/projetos-entrada_na_reuniao_ordinaria_193.2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1425/projeto_de_lei_205.2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1426/projeto_de_lei_no_206.2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6740/projeto_de_lei_no_207.2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6741/projeto_de_lei_no_208.2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6742/projeto_de_lei_no_209.2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6743/projeto_de_lei_no_210.2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6744/projeto_de_lei_no_211.2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6745/projeto_de_lei_no_212.2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1427/projeto_de_lei_no_213.2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6746/projeto_de_lei_no_214.2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6747/projeto_de_lei_no_215.2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/1428/projeto_de_lei_no_216.2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6748/projeto_de_lei_no_217.2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6749/projeto_de_lei_no_218.2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6750/projeto_de_lei_no_219.2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6751/projeto_de_lei_no_220.2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6752/projeto_de_lei_no_221.2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6753/projeto_de_lei_no_222.2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6754/projeto_de_lei_no_223.2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6755/projeto_de_lei_no_224.2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6756/projeto_de_lei_no_225.2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6757/projeto_de_lei_no_226.2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6758/projeto_de_lei_no_227.2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6759/projeto_de_lei_no_228.2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6760/projeto_de_lei_no_229.2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6761/projeto_de_lei_no_230.2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6762/projeto_de_lei_no_231.2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6763/projeto_de_lei_no_232.2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6764/projeto_de_lei_no_233.2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6765/projeto_de_lei_no_234.2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6766/projeto_de_lei_no_235.2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6767/projeto_de_lei_no_236.2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6768/projeto_de_lei_no_237.2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6769/projeto_de_lei_no_238.2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6770/projeto_de_lei_no_239.2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6771/projeto_de_lei_no_240.2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6772/projeto_de_lei_no_241.2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6773/projeto_de_lei_no_242.2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6774/projeto_de_lei_no_243.2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6775/projeto_de_lei_no_244.2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6776/projeto_de_lei_no_245.2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6777/projeto_de_lei_no_246.2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6778/projeto_de_lei_no_247.2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6779/projeto_de_lei_no_248.2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6780/projeto_de_lei_no_249.2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6781/projeto_de_lei_no_250.2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6782/projeto_de_lei_no_251.2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6783/projeto_de_lei_no_252.2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6784/projeto_de_lei_no_253.2018.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6785/projeto_de_lei_no_254.2018.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6786/projeto_de_lei_no_255.2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6787/projeto_de_lei_no_256.2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6788/projeto_de_lei_no_257.2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6789/projeto_de_lei_no_258.2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6790/projeto_de_lei_no_259.2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6731/projeto_de_lei_complementar_no_037.2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6734/projeto_de_lei_complementar_no_38.2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6735/projeto_de_lei_complementar_no_39.2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6736/projeto_de_lei_complementar_no_40.2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6730/projeto_de_lei_complementar_041.2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6737/projeto_de_lei_complementar_no_42.2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6729/projeto_de_lei__complementar_no_043.2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6732/projeto_de_lei_complementar_no_044.2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6738/projeto_de_lei_complementar_no_45.2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6733/projeto_de_lei_complementar_no_046.2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6728/plc47.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6739/projeto_de_lei_complementar_no_48.2018.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6796/projeto_de_resolucao_007.2018.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6798/emendas_ao_projeto_de_lei_no_173.2018.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6797/projeto_de_emenda_a_lei_organica_2.2018.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7288/projeto_de_emenda_a_lei_organica_2.2018.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7289/emenda_modificativa_ao_projeto_de_lei_no_221.2018.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7290/emenda_modificaitva_ao_projeto_de_lei_no__167.2018.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7291/emenda_ao_projeto_de_lei_no_235.2018.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/7306/subemenda_aditiva_no_001_ao_plc_043.2018.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6793/substitutivo_ao_projeto_de_lei_no_224.2018.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6794/substitutivo_ao_projeto_de_lei_no_225.2018.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6791/substitutivo_ao_projeto_de_lei_complementar_no_019.2018.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6792/substitutivo_ao_projeto_de_lei_no_192.2018.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6795/convocacao.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/6727/oficio_retirando_o_projeto_de_lei_complementar_no_41.2018.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8862/portaria_no_001.2018.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8863/portaria_no_002.2018.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8864/portaria_no_003.2018.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8865/portaria_no_004.2018.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8866/portaria_no_005.2018.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8911/portaria_no_006.2018.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8912/portaria_no_007.2018.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8913/portaria_no_008.2018.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8914/portaria_no_009.2018.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8915/portaria_no_010.2018.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8916/portaria_no_011.2018.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8917/portaria_no_012.2018.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8918/portaria_no_013.2018.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8919/portaria_no_014.2018.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8920/portaria_no_015.2018.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8921/portaria_no_016.2018.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8922/portaria_no_017.2018.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8923/portaria_no_018.2018.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8924/portaria_no_019.2018.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8925/portaria_no_020.2018.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8926/portaria_no_021.2018.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8927/portaria_no_022.2018.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8928/portaria_no_023.2018.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8929/portaria_no_024.2018.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8930/portaria_no_025.2018.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8931/portaria_no_026.2018.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8932/portaria_no_027.2018.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8933/portaria_no_028.2018.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8934/portaria_no_029.2018.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8935/portaria_no_030.2018.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8936/portaria_no_031.2018.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8937/portaria_no_032.2018.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8938/portaria_no_033.2018.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8939/portaria_no_034.2018.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8940/portaria_no_035.2018.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8941/portaria_no_036.2018.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8942/portaria_no_037.2018.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8943/portaria_no_038.2018.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8944/portaria_no_039.2018.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8945/portaria_no_040.2018.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8946/portaria_no_041.2018.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8947/portaria_no_042.2018.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8948/portaria_no_043.2018.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8949/portaria_no_044.2018.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8950/portaria_no_045.2018.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8951/portaria_no_046.2018.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8952/portaria_no_047.2018.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8953/portaria_no_048.2018.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8954/portaria_no_049.2018.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8955/portaria_no_050.2018.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8956/portaria_no_051.2018.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8957/portaria_no_052.2018.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8958/portaria_no_053.2018.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8959/portaria_no_054.2018.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8960/portaria_no_055.2018.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8961/portaria_no_056.2018.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8962/portaria_no_057.2018.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8963/portaria_no_058.2018.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8964/portaria_no_059.2018.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8965/portaria_no_060.2018.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8966/portaria_no_061.2018.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8967/portaria_no_062.2018.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8968/portaria_no_063.2018.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/8969/portaria_no_064.2018.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11584/portaria_n_071_2018.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11585/portaria_n_072_2018.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11586/portaria_n_073_2018.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11587/portaria_n_074_2018.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11588/portaria_n_075_2018.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11589/portaria_n_076_2018.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11590/portaria_n_077_2018.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11591/portaria_n_078_2018.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11592/portaria_n_079_2018.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11593/portaria_n_080_2018.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11594/portaria_n_081_2018.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11595/portaria_n_082_2018.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11596/portaria_n_083_2018.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11597/portaria_n_084_2018.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2018/11598/portaria_n_085_2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H585"/>
+  <dimension ref="A1:H600"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -20339,50 +20475,395 @@
       <c r="H584" t="s">
         <v>1753</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>1754</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
         <v>742</v>
       </c>
       <c r="D585" t="s">
         <v>1566</v>
       </c>
       <c r="E585" t="s">
         <v>1567</v>
       </c>
       <c r="G585" s="1" t="s">
         <v>1755</v>
       </c>
       <c r="H585" t="s">
         <v>1756</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>763</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H586" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>766</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H587" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>769</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H588" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>772</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H589" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>774</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E590" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>777</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E591" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H591" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>780</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E592" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H592" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>783</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E593" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H593" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>786</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E594" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="H594" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>789</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E595" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>792</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E596" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H596" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>795</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E597" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H597" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>798</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E598" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H598" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>801</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E599" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>804</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E600" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H600" t="s">
+        <v>1801</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -20927,50 +21408,65 @@
     <hyperlink ref="G561" r:id="rId560"/>
     <hyperlink ref="G562" r:id="rId561"/>
     <hyperlink ref="G563" r:id="rId562"/>
     <hyperlink ref="G564" r:id="rId563"/>
     <hyperlink ref="G565" r:id="rId564"/>
     <hyperlink ref="G566" r:id="rId565"/>
     <hyperlink ref="G567" r:id="rId566"/>
     <hyperlink ref="G568" r:id="rId567"/>
     <hyperlink ref="G569" r:id="rId568"/>
     <hyperlink ref="G570" r:id="rId569"/>
     <hyperlink ref="G571" r:id="rId570"/>
     <hyperlink ref="G572" r:id="rId571"/>
     <hyperlink ref="G573" r:id="rId572"/>
     <hyperlink ref="G574" r:id="rId573"/>
     <hyperlink ref="G575" r:id="rId574"/>
     <hyperlink ref="G576" r:id="rId575"/>
     <hyperlink ref="G577" r:id="rId576"/>
     <hyperlink ref="G578" r:id="rId577"/>
     <hyperlink ref="G579" r:id="rId578"/>
     <hyperlink ref="G580" r:id="rId579"/>
     <hyperlink ref="G581" r:id="rId580"/>
     <hyperlink ref="G582" r:id="rId581"/>
     <hyperlink ref="G583" r:id="rId582"/>
     <hyperlink ref="G584" r:id="rId583"/>
     <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>