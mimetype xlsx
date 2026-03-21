--- v0 (2025-11-26)
+++ v1 (2026-03-21)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/</t>
+    <t>http://sapl.formiga.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Concede Títulos de Cidadania Honorária e Medalhas de Honra ao Mérito “Seis de Junho” e dá outras providências.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Altera a redação de dispositivo da Resolução nº 299/2007, que contém o Regimento Interno da Câmara Municipal de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>4</t>
   </si>
@@ -1011,51 +1011,51 @@
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>7316</t>
   </si>
   <si>
     <t>EMEM</t>
   </si>
   <si>
     <t>Emendas</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/7316/emendas_ao_substitutivo_ao_plc_019.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/7316/emendas_ao_substitutivo_ao_plc_019.2017.pdf</t>
   </si>
   <si>
     <t>Emendas ao Substitutivo ao PLC 019.2017.pdf</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>OFC</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>A Presidente da Câmara Municipal de Formiga, Wilse Marques Faria - Wilse Marques, no uso de suas atribuições regimentais, em especial o art. 122, e atendendo solicitação dos Vereadores Marcelo Fernandes de Oliveira, Flávio Martins da Silva e Joice Alvarenga Borges Carvalho, respectivamente Presidente, Relator e Membro da Comissão de Serviços Públicos Municipais, vem pelo presente requerer as seguintes informações, sobre o projeto de lei abaixo, em tramitação nesta Casa Legislativa:  _x000D_
 _x000D_
 - Projeto de Lei Complementar nº 002/2017 - (Mensagem nº 027/2017-GAB - Inclui cargos em comissão na Estrutura Administrativa e Organizacional do Serviço Autônomo de Água e Esgoto - S.A.A.E., e dá outras providências)._x000D_
 _x000D_
 * Que seja informado a relação dos cargos comissionados com seus respectivos salários, suas formas de recrutamento (amplo ou limitado) e a descrição das funções da estrutura administrativa do SAAE._x000D_
 * Que seja informado ainda qual o servidor que responde pelo departamento Jurídico dessa Autarquia e qual a importância da criação do cargo de Encarregado Jurídico.</t>
   </si>
   <si>
@@ -6415,778 +6415,778 @@
   <si>
     <t>518</t>
   </si>
   <si>
     <t>A Presidente da Câmara Municipal de Formiga, Wilse Marques Faria - Wilse Marques, encaminha a V. Ex.ª cópia dos pedidos de providência de nº 638, 639, 645 a 669 e 671/2017/SCMF, que deram entrada nas Reuniões Ordinárias, nos dias 11 e 18/12/2017, para conhecimento e providências necessárias dentro das possibilidades deste Poder.</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>A Presidente da Câmara Municipal de Formiga, Wilse Marques Faria - Wilse Marques, encaminha a V. Ex.ª cópia dos pedidos de providência de nº 640 a 644 e 670/2017/SCMF, que deram entrada nas Reuniões Ordinárias, nos dias 11 e 18/12/2017, para conhecimento e providências necessárias dentro das possibilidades deste Poder.</t>
   </si>
   <si>
     <t>8970</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8970/portaria_no_001.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8970/portaria_no_001.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Carla Teles Costa, para provimento do cargo de Assessora de Secretaria Geral, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8971</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8971/portaria_no_002.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8971/portaria_no_002.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Marcelo Nogueira, para provimento do cargo de Assessor Administrativo Legislativo, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8972</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8972/portaria_no_003.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8972/portaria_no_003.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Antônio de Pádua Elias de Sousa, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8973</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8973/portaria_no_004.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8973/portaria_no_004.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Gilmar Inácio Leal, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8974</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8974/portaria_no_005.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8974/portaria_no_005.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Ezequiel Gonçalves da Fonseca, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8975</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8975/portaria_no_006.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8975/portaria_no_006.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Káttia Cristina Borges Alves, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8976</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8976/portaria_no_007.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8976/portaria_no_007.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Johnatan Luan Silveira da Silva, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8977</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8977/portaria_no_008.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8977/portaria_no_008.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Cléverson Nascimento Lares, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8978</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8978/portaria_no_009.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8978/portaria_no_009.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Thiago Ferreira da Silva, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8979</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8979/portaria_no_010.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8979/portaria_no_010.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Érica Fátima de Oliveira, para provimento do cargo de Assessora de Comunicação Legislativo, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8980</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8980/portaria_no_011.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8980/portaria_no_011.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Míriam Tagliaferri Menezes, para provimento do cargo de Assessor Jurídico Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>8981</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8981/portaria_no_012.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8981/portaria_no_012.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Sandro José da Cunha, para provimento do cargo de Assistente Judiciário Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>8982</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8982/portaria_no_013.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8982/portaria_no_013.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Maria Vitória Ramos, para provimento do cargo de Assessora Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8983</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8983/portaria_no_014.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8983/portaria_no_014.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Instituir a Comissão Especial de Registro de Preços e nomear os seguintes servidores:_x000D_
 _x000D_
 Antônio Carlos de Campos Júnior - Presidente_x000D_
 Carlos Renato Brito Angeli - Relator_x000D_
 Marcelo Nogueira - Membro</t>
   </si>
   <si>
     <t>8984</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8984/portaria_no_015.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8984/portaria_no_015.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Luciana Alves da Silva, para provimento do cargo de Assistente Judiciário Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>8985</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8985/portaria_no_016.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8985/portaria_no_016.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Constituição, Justiça e Redação.</t>
   </si>
   <si>
     <t>8986</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8986/portaria_no_017.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8986/portaria_no_017.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Finanças, Orçamento e Tomada de Contas.</t>
   </si>
   <si>
     <t>8987</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8987/portaria_no_018.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8987/portaria_no_018.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Serviços Públicos Municipais.</t>
   </si>
   <si>
     <t>8988</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8988/portaria_no_019.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8988/portaria_no_019.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno desta Casa Legislativa, uma Comissão Especial de Meio Ambiente.</t>
   </si>
   <si>
     <t>8989</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8989/portaria_no_020.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8989/portaria_no_020.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno desta Casa Legislativa, uma Comissão Especial para compor o Órgão de Defesa dos Direitos Humanos, prevista no art. 5º da Lei nº 3.904, de 27 de setembro de 2006.</t>
   </si>
   <si>
     <t>8990</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8990/portaria_no_021.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8990/portaria_no_021.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 97-A do Regimento Interno desta Casa Legislativa, uma Comissão de Participação Popular.</t>
   </si>
   <si>
     <t>8991</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8991/portaria_no_022.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8991/portaria_no_022.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Mariana Augusta de Carvalho, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8992</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8992/portaria_no_023.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8992/portaria_no_023.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar a pedido o servidor Thiago Ferreira da Silva do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>8993</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8993/portaria_no_024.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8993/portaria_no_024.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o Regimento Interno desta Casa Legislativa, uma Comissão Especial de Saúde.</t>
   </si>
   <si>
     <t>8994</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8994/portaria_no_025.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8994/portaria_no_025.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Luciene Morais Teixeira, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>8995</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8995/portaria_no_026.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8995/portaria_no_026.2017.pdf</t>
   </si>
   <si>
     <t>8996</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8996/portaria_no_027.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8996/portaria_no_027.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar a servidora Flávia Bernardo Barboza, ocupante do cargo efetivo  Auxiliar de Contabilidade, portadora do RG nº 3710759, inscrita no CPF: 033.834.786-02 para realizar as seguintes transações bancárias: emitir cheques, abrir contas de depósitos, solicitar saldos, extratos e comprovantes, requisitar talonários de cheques, retirar cheques devolvidos, endossar cheque, sustar e/ou contra-ordenar cheques, cancelar cheques, baixar cheques, efetuar resgates ou aplicações financeiras, cadastrar, alterar e desbloquear senhas, efetuar saques - conta correntes, efetuar saques - poupança,  efetuar pagamentos por meio eletrônico, efetuar transferência por meio eletrônico, efetuar movimentação financeira no RPG, liberar arquivos de pagamentos no gerenciador financeiro, solicitar saldos/extratos de investimentos, solicitar saldos/extratos de operações de credito, emitir comprovantes, efetuar transferência para a mesma titularidade, encerrar contas de deposito.</t>
   </si>
   <si>
     <t>8997</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8997/portaria_no_028.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8997/portaria_no_028.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 27 de fevereiro de 2017, segunda-feira de Carnaval, para o dia 23 de fevereiro de 2017, quinta-feira, às 14h no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>8998</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8998/portaria_no_029.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8998/portaria_no_029.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 27 de fevereiro de 2017, segunda-feira, véspera do feriado de Carnaval.</t>
   </si>
   <si>
     <t>8999</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8999/portaria_no_030.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8999/portaria_no_030.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, ELISÂNGELA GARCIA ARAUJO, Assistente Legislativo, 30 (trinta) dias de férias prêmio, no período de 02 (dois) de março a 31 (trinta e um) de março de 2017.</t>
   </si>
   <si>
     <t>9000</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9000/portaria_no_031.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9000/portaria_no_031.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma comissão especial com a finalidade específica para fazer o levantamento dos materiais permanentes que não são utilizados nos setores da Câmara Municipal, realizando a transferência dos mesmos para o Poder Executivo.</t>
   </si>
   <si>
     <t>9001</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9001/portaria_no_032.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9001/portaria_no_032.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 13 de abril de 2017, quinta-feira, véspera do feriado 14 de abril, sexta-feira da paixão, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9002</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9002/portaria_no_033.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9002/portaria_no_033.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica alterado o horário das Reuniões Ordinárias da Câmara Municipal de Formiga, em caráter temporário e experimental, no mês de maio, semanalmente, às segundas-feiras, com início às 19h.</t>
   </si>
   <si>
     <t>9003</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9003/portaria_no_034.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9003/portaria_no_034.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer sobre os seguintes projetos: Projeto de Lei nº 018/2017, cria o Fundo Municipal de Esportes e dá outras providências e o Projeto de Lei nº 027/2017, altera a Lei nº 5.082, de 11 de janeiro de 2016, que instituiu o Programa Vida Nova Rio Formiga, para vincular a execução do programa ao Serviço Autônomo de Água e Esgoto - SAAE Formiga.</t>
   </si>
   <si>
     <t>9004</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9004/portaria_no_035.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9004/portaria_no_035.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo na Câmara Municipal de Formiga, no dia 28 de abril de 2017, sexta-feira, devido à realização da Greve Geral contra as Reformas Trabalhista e da Previdência</t>
   </si>
   <si>
     <t>9005</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9005/portaria_no_036.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9005/portaria_no_036.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder ao servidor, MARCO AURÉLIO ALMEIDA, Arquivista Legislativo, 01 (um) mês de férias prêmio, no período de 04 (quatro) de maio a 02 (dois) de junho de 2017.</t>
   </si>
   <si>
     <t>9006</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9006/portaria_no_037.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9006/portaria_no_037.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer sobre os seguintes projetos: Projeto de Lei Complementar nº 002/2017, inclui cargos em comissão na Estrutura Administrativa e Organizacional do Serviço Autônomo de Água e Esgoto - S.A.A.E., e dá outras providências e o Projeto de Resolução nº 001/2017, altera a redação da Resolução nº 299/2007, que contém o Regimento Interno da Câmara Municipal de Formiga, prevendo que o Vereador afastado de suas funções por decisão judicial não terá direito à percepção de subsídio mensal.</t>
   </si>
   <si>
     <t>9007</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão de Avaliação de Desempenho - CAD, para aplicar o Sistema de Avaliação Especial de Desempenho dos Servidores para fins de Progressão Salarial - SAEDSPS e aferir a aptidão e a capacidade de todos os servidores da Câmara Municipal de Formiga para obtenção da progressão salarial.</t>
   </si>
   <si>
     <t>9008</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9008/portaria_no_039.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9008/portaria_no_039.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo na Câmara Municipal de Formiga, no dia 05 de junho de 2017, segunda-feira, véspera do feriado de 06 de junho do aniversário do município de Formiga.</t>
   </si>
   <si>
     <t>9009</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9009/portaria_no_040.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9009/portaria_no_040.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica alterado o horário das Reuniões Ordinárias da Câmara Municipal de Formiga, em caráter temporário e experimental, no mês de junho, semanalmente, às segundas-feiras, com início às 17h30min.</t>
   </si>
   <si>
     <t>9010</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9010/portaria_no_041.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9010/portaria_no_041.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Transferir a Reunião Ordinária do dia 05 de junho de 2017, segunda-feira, para o dia 07 de junho de 2017, quarta-feira, às 17h30min. no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9011</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9011/portaria_no_042.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9011/portaria_no_042.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial com a finalidade de analisar e estudar o Projeto de Decreto Legislativo nº 001/2017, que concede títulos de Cidadania Honorária e Medalhas de Honra ao Mérito e dá outras providências.</t>
   </si>
   <si>
     <t>9012</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9012/portaria_no_043.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9012/portaria_no_043.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer sobre o Projeto de Resolução nº 002/2017, que altera a redação de dispositivo da Resolução nº 299/2007, que contém o Regimento Interno da Câmara Municipal de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>9013</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9013/portaria_no_044.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9013/portaria_no_044.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear a servidora FLÁVIA BERNARDO BARBOZA, Auxiliar de Contabilista Legislativo, como fiscal dos contratos/convênios decorrentes do Edital de Credenciamento nº 001/2017.</t>
   </si>
   <si>
     <t>9014</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9014/portaria_no_045.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9014/portaria_no_045.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar a servidora Flávia Bernardo Barboza, ocupante do cargo efetivo de Auxiliar de Contabilista Legislativo, com ônus adicional para o erário, para responder, cumulativamente com suas atribuições e exercer as atribuições do cargo de Contabilista Legislativo, previstas no art. 7º da Resolução nº 283/2005.</t>
   </si>
   <si>
     <t>9015</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9015/portaria_no_046.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9015/portaria_no_046.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Ezequiel Gonçalves da Fonseca do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9034</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9034/portaria_no_047.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9034/portaria_no_047.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Lívio César Andrade Vieira para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9035</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9035/portaria_no_048.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9035/portaria_no_048.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar que o horário de expediente na Câmara Municipal de Formiga, no dia 16 de junho de 2017, sexta-feira, será de 7h às 12h.</t>
   </si>
   <si>
     <t>9036</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9036/portaria_no_049.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9036/portaria_no_049.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Alterar o horário da Reunião Ordinária da Câmara Municipal de Formiga, do dia 03 de julho de 2017, segunda-feira, para às 17h30min., em caráter temporário.</t>
   </si>
   <si>
     <t>9037</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9037/portaria_no_050.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9037/portaria_no_050.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear Miriam Mara Mendonça, para provimento do cargo em comissão de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9038</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9038/portaria_no_051.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9038/portaria_no_051.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, MARIANA FÁTIMA SOUZA, Auditora Legislativo, 30 (trinta) dias de férias prêmio, no período de 10 (dez) de julho a 09 (nove) de agosto de 2017.</t>
   </si>
   <si>
     <t>9039</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9039/portaria_no_052.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9039/portaria_no_052.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar o servidor Carlos Renato Brito Angeli, ocupante do cargo efetivo Auxiliar de Auditor Legislativo, sem qualquer ônus adicional para o erário, para responder, cumulativamente com suas atribuições e exercer as funções correlatas à Controladoria do Poder Legislativo.</t>
   </si>
   <si>
     <t>9040</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9040/portaria_no_053.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9040/portaria_no_053.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, MARIANA FÁTIMA SOUZA, Auditora Legislativo, 30 (trinta) dias de férias prêmio, no período de 10 (dez) de julho a 08 (oito) de agosto de 2017.</t>
   </si>
   <si>
     <t>9041</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9041/portaria_no_054.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9041/portaria_no_054.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo no dia 08 de setembro de 2017, sexta-feira, após o feriado de 07 de setembro, Dia da Independência do Brasil, nas dependências da Câmara Municipal de Formiga</t>
   </si>
   <si>
     <t>9042</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9042/portaria_no_055.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9042/portaria_no_055.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, MARIA APARECIDA DE OLIVEIRA, Agente de Plenário, 30 (trinta) dias de férias prêmio, no período de 11 (onze) de setembro a 10 (dez) de outubro de 2017.</t>
   </si>
   <si>
     <t>9043</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9043/portaria_no_056.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9043/portaria_no_056.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder o servidor, CARLOS RENATO BRITO ANGELI, Auxiliar de Auditor Legislativo, 30 (trinta) dias de férias prêmio, no período de 12 (doze) de setembro a 11 (onze) de outubro de 2017</t>
   </si>
   <si>
     <t>9044</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9044/portaria_no_057.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9044/portaria_no_057.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar em conformidade com o art. 228, do Regimento Interno desta Casa Legislativa, um (a) Relator (a) com a finalidade de exarar parecer sobre o Projeto de Lei nº 075/2017, obriga as instituições bancárias públicas ou privadas e as cooperativas de crédito localizadas no Município de Formiga a contratar vigilância armada para atuar 24 horas (vinte e quatro horas) por dia, inclusive em finais de semana e feriados, e dá outras providências. (REGIME DE URGÊNCIA).</t>
   </si>
   <si>
     <t>9045</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9045/portaria_no_058.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9045/portaria_no_058.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer sobre o Projeto de Lei nº 015/2017, dispõe sobre a Contribuição para o Custeio do Serviço de Iluminação Pública e dá outras providências.</t>
   </si>
   <si>
     <t>9046</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9046/portaria_no_059.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9046/portaria_no_059.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo no dia 13 de outubro de 2017, sexta-feira, após o feriado de 12 de outubro, Dia de Nossa Senhora Aparecida, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9047</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9047/portaria_no_060.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9047/portaria_no_060.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder ao servidor, ORTON MARCOS ALVES DO COUTO, Auxiliar Legislativo, 01 (um) mês de férias prêmio, no período de 16 (dezesseis) de outubro a 14 (quatorze) de novembro de 2017</t>
   </si>
   <si>
     <t>9048</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9048/portaria_no_061.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9048/portaria_no_061.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial para avaliação da concessão de incentivo por titulação em pós-graduação ao servidor efetivo e estável da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9049</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9049/portaria_no_062.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9049/portaria_no_062.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo no dia 03 de novembro de 2017, sexta-feira, após o feriado de 02 de novembro, Dia de Finados, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9050</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9050/portaria_no_063.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9050/portaria_no_063.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear o Vereador Rogério Alves de Oliveira - Rogerinho do Fórum para integrar as comissões permanentes e temporárias da Câmara Municipal de Formiga, em substituição a vereadora Joice Alvarenga Borges Carvalho.</t>
   </si>
   <si>
     <t>9051</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9051/portaria_no_064.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9051/portaria_no_064.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder ao servidor da Câmara Municipal, Carlos Renato Brito Angeli - Auxiliar de Auditor do Legislativo, o incentivo por titulação em pós-graduação no valor de 15% (quinze por cento) sobre o vencimento base que recebe o servidor, conforme Resolução nº 302/2008.</t>
   </si>
   <si>
     <t>9052</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9052/portaria_no_065.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9052/portaria_no_065.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de analisar e estudar o Veto Parcial ao Parágrafo único do artigo 2º do Projeto de Lei nº 015/2017, dispõe sobre a Contribuição para o Custeio do Serviço de Iluminação Pública e dá outras providências.</t>
   </si>
   <si>
     <t>9053</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9053/portaria_no_066.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9053/portaria_no_066.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Institui a Comissão Permanente de Licitação da Câmara Municipal de Formiga, atendendo ao disposto na Lei Federal nº 8.666/93 e suas alterações.</t>
   </si>
   <si>
     <t>9054</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9054/portaria_no_067.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9054/portaria_no_067.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar que o expediente da Câmara Municipal no dia 22 de dezembro de 2017, sexta-feira, será de 07h às 11h.</t>
   </si>
   <si>
     <t>9055</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9055/portaria_no_068.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9055/portaria_no_068.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de estudar e exarar parecer sobre o Projeto de Emenda à Lei Orgânica nº 1/2017, que acrescenta dispositivos ao art. 118 da Lei Orgânica, instituindo no âmbito do Município de Formiga o Orçamento Impositivo.</t>
   </si>
   <si>
     <t>9056</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9056/portaria_no_069.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9056/portaria_no_069.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Luciene Morais Teixeira do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9057</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9057/portaria_no_070.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9057/portaria_no_070.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Antônio de Pádua Elias de Sousa do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9058</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9058/portaria_no_071.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9058/portaria_no_071.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Káttia Cristina Borges Alves do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9059</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9059/portaria_no_072.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9059/portaria_no_072.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Carla Teles Costa do cargo em comissão de Assessora de Secretaria Geral.</t>
   </si>
   <si>
     <t>9060</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9060/portaria_no_073.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9060/portaria_no_073.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Miriam Tagliaferri Menezes do cargo em comissão de Assessor Jurídico Legislativo.</t>
   </si>
   <si>
     <t>9061</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9061/portaria_no_074.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9061/portaria_no_074.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Miriam Mara Mendonça do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9062</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9062/portaria_no_075.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9062/portaria_no_075.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Mariana Augusta de Carvalho do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9063</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9063/portaria_no_076.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9063/portaria_no_076.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Cleverson Nascimento Lares do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9064</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9064/portaria_no_077.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9064/portaria_no_077.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Jonatan Luan Silveira da Silva do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9065</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9065/portaria_no_078.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9065/portaria_no_078.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Lívio César Andrade Vieira do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9066</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9066/portaria_no_079.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9066/portaria_no_079.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Marcelo Nogueira do cargo em comissão de Assessor Administrativo Legislativo.</t>
   </si>
   <si>
     <t>9067</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9067/portaria_no_080.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9067/portaria_no_080.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Sandro José da Cunha do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>9068</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9068/portaria_no_081.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9068/portaria_no_081.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Maria Vitória Ramos do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9069</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9069/portaria_no_082.2017.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9069/portaria_no_082.2017.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, MARIA CRISTINA LABELLA DE CARVALHO, Assistente Social do Legislativo, 30 (trinta) dias de férias prêmio, no período de 02 (dois) a 31 (trinta e um) de janeiro de 2018.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7493,67 +7493,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/7316/emendas_ao_substitutivo_ao_plc_019.2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8970/portaria_no_001.2017.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8971/portaria_no_002.2017.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8972/portaria_no_003.2017.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8973/portaria_no_004.2017.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8974/portaria_no_005.2017.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8975/portaria_no_006.2017.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8976/portaria_no_007.2017.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8977/portaria_no_008.2017.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8978/portaria_no_009.2017.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8979/portaria_no_010.2017.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8980/portaria_no_011.2017.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8981/portaria_no_012.2017.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8982/portaria_no_013.2017.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8983/portaria_no_014.2017.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8984/portaria_no_015.2017.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8985/portaria_no_016.2017.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8986/portaria_no_017.2017.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8987/portaria_no_018.2017.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8988/portaria_no_019.2017.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8989/portaria_no_020.2017.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8990/portaria_no_021.2017.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8991/portaria_no_022.2017.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8992/portaria_no_023.2017.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8993/portaria_no_024.2017.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8994/portaria_no_025.2017.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8995/portaria_no_026.2017.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8996/portaria_no_027.2017.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8997/portaria_no_028.2017.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8998/portaria_no_029.2017.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8999/portaria_no_030.2017.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9000/portaria_no_031.2017.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9001/portaria_no_032.2017.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9002/portaria_no_033.2017.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9003/portaria_no_034.2017.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9004/portaria_no_035.2017.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9005/portaria_no_036.2017.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9006/portaria_no_037.2017.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9008/portaria_no_039.2017.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9009/portaria_no_040.2017.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9010/portaria_no_041.2017.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9011/portaria_no_042.2017.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9012/portaria_no_043.2017.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9013/portaria_no_044.2017.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9014/portaria_no_045.2017.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9015/portaria_no_046.2017.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9034/portaria_no_047.2017.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9035/portaria_no_048.2017.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9036/portaria_no_049.2017.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9037/portaria_no_050.2017.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9038/portaria_no_051.2017.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9039/portaria_no_052.2017.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9040/portaria_no_053.2017.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9041/portaria_no_054.2017.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9042/portaria_no_055.2017.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9043/portaria_no_056.2017.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9044/portaria_no_057.2017.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9045/portaria_no_058.2017.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9046/portaria_no_059.2017.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9047/portaria_no_060.2017.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9048/portaria_no_061.2017.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9049/portaria_no_062.2017.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9050/portaria_no_063.2017.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9051/portaria_no_064.2017.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9052/portaria_no_065.2017.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9053/portaria_no_066.2017.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9054/portaria_no_067.2017.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9055/portaria_no_068.2017.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9056/portaria_no_069.2017.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9057/portaria_no_070.2017.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9058/portaria_no_071.2017.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9059/portaria_no_072.2017.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9060/portaria_no_073.2017.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9061/portaria_no_074.2017.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9062/portaria_no_075.2017.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9063/portaria_no_076.2017.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9064/portaria_no_077.2017.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9065/portaria_no_078.2017.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9066/portaria_no_079.2017.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9067/portaria_no_080.2017.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9068/portaria_no_081.2017.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9069/portaria_no_082.2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/7316/emendas_ao_substitutivo_ao_plc_019.2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8970/portaria_no_001.2017.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8971/portaria_no_002.2017.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8972/portaria_no_003.2017.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8973/portaria_no_004.2017.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8974/portaria_no_005.2017.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8975/portaria_no_006.2017.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8976/portaria_no_007.2017.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8977/portaria_no_008.2017.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8978/portaria_no_009.2017.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8979/portaria_no_010.2017.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8980/portaria_no_011.2017.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8981/portaria_no_012.2017.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8982/portaria_no_013.2017.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8983/portaria_no_014.2017.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8984/portaria_no_015.2017.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8985/portaria_no_016.2017.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8986/portaria_no_017.2017.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8987/portaria_no_018.2017.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8988/portaria_no_019.2017.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8989/portaria_no_020.2017.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8990/portaria_no_021.2017.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8991/portaria_no_022.2017.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8992/portaria_no_023.2017.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8993/portaria_no_024.2017.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8994/portaria_no_025.2017.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8995/portaria_no_026.2017.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8996/portaria_no_027.2017.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8997/portaria_no_028.2017.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8998/portaria_no_029.2017.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/8999/portaria_no_030.2017.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9000/portaria_no_031.2017.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9001/portaria_no_032.2017.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9002/portaria_no_033.2017.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9003/portaria_no_034.2017.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9004/portaria_no_035.2017.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9005/portaria_no_036.2017.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9006/portaria_no_037.2017.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9008/portaria_no_039.2017.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9009/portaria_no_040.2017.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9010/portaria_no_041.2017.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9011/portaria_no_042.2017.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9012/portaria_no_043.2017.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9013/portaria_no_044.2017.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9014/portaria_no_045.2017.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9015/portaria_no_046.2017.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9034/portaria_no_047.2017.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9035/portaria_no_048.2017.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9036/portaria_no_049.2017.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9037/portaria_no_050.2017.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9038/portaria_no_051.2017.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9039/portaria_no_052.2017.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9040/portaria_no_053.2017.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9041/portaria_no_054.2017.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9042/portaria_no_055.2017.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9043/portaria_no_056.2017.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9044/portaria_no_057.2017.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9045/portaria_no_058.2017.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9046/portaria_no_059.2017.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9047/portaria_no_060.2017.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9048/portaria_no_061.2017.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9049/portaria_no_062.2017.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9050/portaria_no_063.2017.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9051/portaria_no_064.2017.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9052/portaria_no_065.2017.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9053/portaria_no_066.2017.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9054/portaria_no_067.2017.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9055/portaria_no_068.2017.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9056/portaria_no_069.2017.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9057/portaria_no_070.2017.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9058/portaria_no_071.2017.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9059/portaria_no_072.2017.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9060/portaria_no_073.2017.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9061/portaria_no_074.2017.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9062/portaria_no_075.2017.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9063/portaria_no_076.2017.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9064/portaria_no_077.2017.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9065/portaria_no_078.2017.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9066/portaria_no_079.2017.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9067/portaria_no_080.2017.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9068/portaria_no_081.2017.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2017/9069/portaria_no_082.2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H602"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>