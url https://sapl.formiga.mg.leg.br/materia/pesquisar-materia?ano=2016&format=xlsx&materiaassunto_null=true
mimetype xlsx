--- v0 (2025-11-26)
+++ v1 (2026-03-22)
@@ -10,92 +10,92 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1415" uniqueCount="631">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1646" uniqueCount="734">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/</t>
+    <t>http://sapl.formiga.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a redação do inciso I, do artigo 79, da Lei Orgânica do Município de Formiga.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Dispõe sobre a homologação de atestados médicos, regulamenta a concessão de licença para fins de tratamento de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Concede o título de Eterno Conselheiro e dá outras providências</t>
   </si>
   <si>
     <t>1248</t>
   </si>
@@ -1660,685 +1660,994 @@
   <si>
     <t>420</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, Evandro Donizeth da Cunha, encaminha a V. Exa. cópia dos pedidos de providência nº 433 a 438/2016/SCMF, que deram entrada na Reunião Ordinária do dia 12 de dezembro de 2016, para conhecimento e providências necessárias dentro das possibilidades deste Poder.</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>Em atendimento ao Ofício nº 385/2016-3ª PJ, subscrito por Vossa Excelência, informo que na data do dia 19 de outubro de 2016, foi realizada uma reunião com todos os vereadores eleitos e alguns servidores da Casa, onde foram apresentados a estrutura e o funcionamento da Câmara, além de serem discutidas questões referentes cerimônia de posse.</t>
   </si>
   <si>
     <t>9070</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9070/portaria_no_001.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9070/portaria_no_001.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Marcelo Nogueira, para provimento do cargo de Assessor Administrativo Legislativo, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9071</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9071/portaria_no_002.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9071/portaria_no_002.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Érica Fátima de Oliveira, para provimento do cargo de Assessora de Comunicação Legislativo, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9072</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9072/portaria_no_003.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9072/portaria_no_003.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Miriam Mara Mendonça, para provimento do cargo de Assistente Judiciário Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>9073</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9073/portaria_no_004.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9073/portaria_no_004.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Antônio Monteiro Júnior, para provimento do cargo de Assistente Judiciário Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>9074</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9074/portaria_no_005.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9074/portaria_no_005.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Mariana Arantes, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9075</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9075/portaria_no_006.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9075/portaria_no_006.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Ezequiel Gonçalves da Fonseca, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9076</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9076/portaria_no_007.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9076/portaria_no_007.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Matheus Afonso de Faria, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9077</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9077/portaria_no_008.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9077/portaria_no_008.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Gilmar Inácio Leal, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9078</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9078/portaria_no_009.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9078/portaria_no_009.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Káttia Cristina Borges Alves, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9079</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9079/portaria_no_010.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9079/portaria_no_010.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Janaína Arantes de Faria, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9080</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9080/portaria_no_011.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9080/portaria_no_011.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Marcelo Pereira Ramos, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9081</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9081/portaria_no_012.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9081/portaria_no_012.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Waldereci Santos, para provimento do cargo de Assessor Jurídico Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>9082</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9082/portaria_no_013.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9082/portaria_no_013.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Prorrogar os efeitos da Portaria nº 5, de 5 de janeiro de 2015, que nomeou para o provimento do cargo em comissão de Assessora de Secretaria Geral Carla Teles Costa, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9083</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9083/portaria_no_014.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9083/portaria_no_014.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 08 de fevereiro de 2016, segunda-feira de Carnaval, para o dia 04 de fevereiro de 2016, quinta-feira, às 10h no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9084</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9084/portaria_no_015.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9084/portaria_no_015.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica regulamentado o banco de horas dos servidores da Câmara Municipal de Formiga, nos termos constantes desta Portaria.</t>
   </si>
   <si>
     <t>9085</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9085/portaria_no_016.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9085/portaria_no_016.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão de Avaliação de Desempenho - CAD, para aplicar o Sistema de Avaliação Especial de Desempenho dos Servidores em Estágio Probatório - SAEDSES e aferir a aptidão e a capacidade de todos os servidores da Câmara Municipal de Formiga em estágio probatório.</t>
   </si>
   <si>
     <t>9086</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9086/portaria_no_017.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9086/portaria_no_017.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Instituir a Comissão Especial de Registro de Preços e nomear os seguintes servidores:_x000D_
 _x000D_
 Ederson dos Reis Morais - Presidente_x000D_
 Carlos Renato Brito Angeli - Relator_x000D_
 Marcelo Nogueira - Membro</t>
   </si>
   <si>
     <t>9087</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9087/portaria_no_018.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9087/portaria_no_018.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão de Avaliação de Desempenho - CAD, para aplicar o Sistema de Avaliação Especial de Desempenho dos Servidores para fins de Progressão Salarial - SAEDSPS e aferir a aptidão e a capacidade de todos os servidores da Câmara Municipal de Formiga para obtenção da progressão salarial.</t>
   </si>
   <si>
     <t>9088</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9088/portaria_no_019.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9088/portaria_no_019.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Constituição, Justiça e Redação.</t>
   </si>
   <si>
     <t>9089</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9089/portaria_no_020.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9089/portaria_no_020.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Finanças, Orçamento e Tomada de Contas.</t>
   </si>
   <si>
     <t>9090</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9090/portaria_no_021.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9090/portaria_no_021.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Serviços Públicos Municipais.</t>
   </si>
   <si>
     <t>9091</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9091/portaria_no_022.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9091/portaria_no_022.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de analisar e estudar o Projeto de Emenda à Lei Orgânica nº 3/2016, que altera a redação do inciso I, do artigo 79, da Lei Orgânica do Município de Formiga.</t>
   </si>
   <si>
     <t>9092</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9092/portaria_no_023.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9092/portaria_no_023.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 08 de fevereiro de 2016, segunda-feira de Carnaval, para o dia 04 de fevereiro de 2016, quinta-feira, às 14h no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9093</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9093/portaria_no_024.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9093/portaria_no_024.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 08 de fevereiro de 2016, segunda-feira, véspera do feriado de Carnaval.</t>
   </si>
   <si>
     <t>9094</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9094/portaria_no_025.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9094/portaria_no_025.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Luciene Morais Teixeira, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9095</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9095/portaria_no_026.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9095/portaria_no_026.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar a servidora Flávia Bernardo Barboza, ocupante do cargo efetivo de Auxiliar de Contabilidade, portadora do RG nº 3710759, inscrita no CPF: 033.834.786-02 para realizar as seguintes transações bancárias: assinar cheques, abrir contas de depósitos, solicitar saldos, extratos e comprovantes, requisitar talonários de cheques, sustar e/ou contra-ordenar cheques, cancelar cheques, baixar cheques, efetuar resgates ou aplicações financeiras, cadastrar, alterar e desbloquear senhas, efetuar pagamentos por meio eletrônico, efetuar transferência por meio eletrônico, efetuar movimentação financeira no RPG, liberar arquivos de pagamentos no gerenciador financeiro, emitir comprovantes, efetuar transferência para a mesma titularidade, consular obrigações do debito direto autorizado.</t>
   </si>
   <si>
     <t>9096</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9096/portaria_no_027.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9096/portaria_no_027.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer sobre o Projeto de Lei nº 365/2015, que autoriza o Município de Formiga a firmar contrato, com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>9097</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9097/portaria_no_028.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9097/portaria_no_028.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial de Meio Ambiente.</t>
   </si>
   <si>
     <t>9098</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9098/portaria_no_029.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9098/portaria_no_029.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial para compor o Órgão de Defesa dos Direitos Humanos, prevista no art. 5º da Lei nº 3.904, de 27 de setembro de 2006.</t>
   </si>
   <si>
     <t>9099</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9099/portaria_no_030.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9099/portaria_no_030.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial de Saúde.</t>
   </si>
   <si>
     <t>9100</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9100/portaria_no_031.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9100/portaria_no_031.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial de Segurança Pública.</t>
   </si>
   <si>
     <t>9101</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9101/portaria_no_032.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9101/portaria_no_032.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial de Participação Popular.</t>
   </si>
   <si>
     <t>9102</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9102/portaria_no_033.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9102/portaria_no_033.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, VIRGINIA OLIVEIRA DE SOUSA, Assistente Legislativo, 30 (trinta) dias de férias prêmio, no período de 1º (primeiro) de março a 30 (trinta) de março de 2016.</t>
   </si>
   <si>
     <t>9103</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9103/portaria_no_034.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9103/portaria_no_034.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Mônica Ferreira Avelar, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9104</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9104/portaria_no_035.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9104/portaria_no_035.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial de Avaliação para Eliminação de Documentos no âmbito do arquivo da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9105</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9105/portaria_no_036.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9105/portaria_no_036.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear a servidora Flávia Tereza da Silva, ocupante do cargo efetivo de Assistente do Legislativo, para ocupar o cargo em comissão de Assessora de Secretaria Geral, com carga horária de 8 (oito) horas, durante as férias/licença maternidade da servidora Carla Teles Costa no período de 07/03/2016 a 23/09/2016.</t>
   </si>
   <si>
     <t>9106</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9106/portaria_no_037.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9106/portaria_no_037.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de analisar a situação e o andamento das obras do Residencial Tino Pereira.</t>
   </si>
   <si>
     <t>9107</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9107/portaria_no_038.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9107/portaria_no_038.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 24 de março de 2016, quinta-feira, véspera do feriado 25 de março, sexta-feira da paixão, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9108</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9108/portaria_no_039.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9108/portaria_no_039.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de reunir-se com representantes, analisar e verificar os serviços prestados pela empresa KPL Instalações Elétricas e Serviços Ltda., contratada pelo Município de Formiga para prestação de serviços de reparos na rede de iluminação pública.</t>
   </si>
   <si>
+    <t>11551</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11551/portaria_n_040_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Em cumprimento a decisdo proferida nos autos do Procedimento Investigatorio Criminal - PIC nº 0261.14.001043-8, DETERMINAR O AFASTAMENTO dos seguintes vereadores: I - Josino Bernardes de Castro Neto — PSC: 1T - José Aparecido Monteiro — PMDB IIT - Rosimeire Ribeiro de Mendonga — PMDB. Art. 2° Os respectivos suplentes, após devidamente informados a essa Casa Legislativa pelo Cartério Eleitoral da Comarca de Formiga/MG, tomardo posse nos termos do Regimento Interno. Art. 3° Esta Portaria entra em vigor na data de sua publicação."""</t>
+  </si>
+  <si>
+    <t>11552</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11552/portaria_n_041_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Mariana Arantes do cargo em comissão de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 1° de abril de 2016.</t>
+  </si>
+  <si>
+    <t>11553</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11553/portaria_n_042_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Janaina Arantes de Faria do cargo em comissio de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação. produzindo seus efeitos a partir de 1° de abril de 2016.</t>
+  </si>
+  <si>
+    <t>11554</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11554/portaria_n_043_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Ménica Ferreira Avelar do cargo em c.omissâo de Assessor Parlamentar. Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 1º de abril de 2016.</t>
+  </si>
+  <si>
+    <t>11555</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11555/portaria_n_044_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear o Vereador Flávio Santos do Couto — Flávio Couto para integrar as comissões permanentes e temporárias da Câmara Municipal de Formiga, em substituição ao Sr. Josino Bernardes de Castro Neto. Art. 2º Ficam alteradas as Portarias nº 19, 21, 28, 29 e 31/2016 1) Portaria nº 19 de 20/01/2016 — Relator da comissão Permanente de Constituigao, Justiça e Redação ID) Portaria nº 21 de 20/01/2016 — Membro Suplente da comissão Permanente de Servigos Publicos Municipais I11) Portaria nº 28 de 17/02/2016 — Membro Suplente da Comissão Especial de Meio Ambiente IV) Portaria nº 29 de 17/02/2016 — Membro da comissão Especial do Orgio de Defesa dos Direitos Humanos: V) Portaria nº 31 de 17/02/2016 — Relator da comissão Especial de Seguranca Publica. Art. 3° Esta Portaria entra em vigor na data de sua publicação."""</t>
+  </si>
+  <si>
+    <t>11556</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11556/portaria_n_045_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear a Vereadora Débora Montarroios Neto Almeida — Débora Brás para integrar as comissdes permanentes e temporéarias da Câmara Municipal de Formiga, em substituição a Sra. Rosimeire Ribeiro de Mendonga. Art. 2° Ficam alteradas as Portarias nº 19, 20, 29, 30 e 31/2016 1) Portaria nº 19 de 20/01/2016 - Membro Suplente da Comissão Permanente de Constituição, Justiça e Redação ID) Portaria nº 20 de 20/01/2016 — Membro da comissão Permanente de Finangas, Orgamento e Tomada de Contas D) Portaria nº 29 de 17/02/2016 — Relatora da comissão Especial do Órgão de Defesa dos Direitos Humanos IV) Portaria nº 30 de 17/02/2016 — Relatora Suplente da comissão Especial de Saude: V) Portaria nº 31 de 17/02/2016 — Membro Suplente da comissão Especial de Seguranga Publica. Art. 3° Esta Portaria entra em vigor na data de sua publicação."""</t>
+  </si>
+  <si>
+    <t>11557</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11557/portaria_n_046_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear o Vereador Rogério Alves de Oliveira — Rogerinho do Férum para integrar as comissdes permanentes e temporérias da Câmara Municipal de Formiga, em substituiçdo ao Sr. José Aparecido Monteiro. Art. 2° Ficam alteradas as Portarias nº 20, 21, 28, 30 e 32/2016 D) Portaria nº 20 de 20/01/2016 — Relator Suplente da comissão Permanente de Finangas, Orçamento e Tomada de Contas 1) Portaria nº 21 de 20/01/2016 — Relator da comissão Permanente de Servigos Públicos Municipais 111) Portaria nº 28 de 17/02/2016 — Relator Suplente da comissão Especial de Meio Ambiente: IV) Portaria nº 30 de 17/02/2016 — Membro Suplente da comissão Especial de Saude: V) Portaria nº 32 de 17/02/2016 — Relator da comissão Especial de Participação Popular. Art. 3° Esta Portaria entra em vigor na data de sua publicago."""</t>
+  </si>
+  <si>
+    <t>11558</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11558/portaria_n_047_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear o Vereador Manoel Messias Silva — Pastor Manoel para integrar como Relator a comissão de Avaliagio de Desempenho - CAD, em substituição ao Sr. José Aparecido Monteiro. §1° A CAD tem por finalidade aplicar o Sistema de Avaliação Especial de Desempenho dos Servidores em Estagio Probatério — SAEDSES e aferir a aptiddo e a capacidade de todos os servidores da Câmara Municipal de Formiga em estagio probatorio. Art. 2° Fica alterada a Portaria nº 16 de 12/01/2016. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11559</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11559/portaria_n_048_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear uma comissão especial com a finalidade especifica para fazer o levantamento dos materiais permanentes que ndo sdo utilizados nos setores da Câmara Municipal, realizando a transferéncia dos mesmos para o Poder Executivo. §1° A comissão tera o prazo de 30 (trinta) dias, para emitir o relatério dos materiais previstos no caput. $ 2° O prazo previsto no §1° podera ser prorrogado por igual periodo. por ato do Presidente. Art. 2° A comissão serd composta pelos seguintes servidores: Ederson dos Reis Morais — Presidente Antônio Carlos de Campos Júnior — Relator Carlos Renato Brito Angeli - Membro Suplentes: Orton Marcos Alves do Couto Magno Luiz da Silva Maria Aparecida de Oliveira Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11560</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11560/portaria_n_049_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear para o cargo em comissão LETÍCIA APARECIDO DO COUTO, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho. Parágrafo único. A nomeação do Assessor Parlamentar, prevista no caput, é feita mediante indicação da Vereadora Débora Montarroios Neto Almeida. Art. 2º Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11561</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11561/portaria_n_050_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear os Vereadores Juarez Eufrasio de Carvalho — Juarez Carvalho e Luciano Luis Duque — Luciano do Trailer para integrar, respectivamente como Presidente e Membro, a comissão Especial com finalidade de exarar parecer sobre o Projeto de Lei nº 365/2015, que autoriza o Municipio de Formiga a firmar contrato, com o Banco de Desenvolvimento de Minas Gerais SA — BDMG, operações de crédito com outorga de garantia e dá outras providéncias. Art. 2° Fica alterada a Portaria nº 27 de 11/02/2016.</t>
+  </si>
+  <si>
+    <t>11562</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11562/portaria_n_051_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão JAIR EUSTAQUIO DA SILVA, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diaria de 8 (oito) horas de trabalho. Parágrafo único. A nomeação do Assessor Parlamentar, prevista no caput, é feita mediante indicação do Vereador Rogério Alves de Oliveira. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11563</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11563/portaria_n_052_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissio ANTONIO DE PADUA ELIAS DE SOUSA, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diaria de 8 (oito) horas de trabalho. Parágrafo único. A nomeação do Assessor Parlamentar, prevista no caput, é feita mediante indicação do Vereador Flavio Santos do Couto. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11564</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11564/portaria_n_053_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Determinar ponto facultativo no dia 22 de abril de 2016, sexta-feira, após o feriado 21 de abril - Tiradentes, nas dependências da Câmara Municipal de Formiga. Art. 2º Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11565</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11565/portaria_n_054_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1°Declarar a vacancia do cargo de Assistente Legislativo, ocupado pela servidora VIRGINIA OLIVEIRA DE SOUSA, matricula 121, por motivo de posse em outro cargo inacumulavel, nos termos do artigo 61, inciso V. da Lei Complementar nº 041, de 24 de fevereiro de 2011. Art. 2° A vacancia de que trata o art. 1° desta Portaria será pelo periodo que perdurar o estagio probatério no cargo empossado ou antes, no periodo solicitado pela servidora. em ambos os casos ndo podendo ultrapassar o prazo de 3 (trés) anos. Pariagrafo único. A contagem do prazo de vacancia inicia-se a partir da data em que a servidora assumir o outro cargo. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11566</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11566/portaria_n_055_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear o Vereador Juarez Eufrasio de Carvalho — Juarez Carvalho para integrar como Presidente Suplente a comissão Especial de Seguranga Publica, em substituição ao Sr. José Aparecido Monteiro. Art. 2° Fica alterada a Portaria nº 31/2016. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11567</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11567/portaria_n_056_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Prorrogar por mais 30 (trinta) dias o prazo previsto no $1º do art. 1º da Portaria nº 48/2016, que nomeou comissão especial com a finalidade específica para fazer o levantamento dos materiais permanentes que não são utilizados nos setores da Câmara Municipal, realizando a transferência dos mesmos para o Poder Executivo. Art. 2º Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11568</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11568/portaria_n_057_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Determinar ponto facultativo no dia 27 de maio de 2016, sexta-feira, após o feriado de 26 de maio de 2016, Corpus Christi, nas dependências da Câmara Municipal de Formiga. Art. 2º Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11569</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11569/portaria_n_058_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Antecipar a Reunião Ordinária do dia 6 de junho de 2016, segunda-feira, data em que se comemora o aniversário de emancipação do município de Formiga, para o dia 2 de junho de 2016, quinta-feira, às 10 horas, no plenário da Câmara Municipal de Formiga. Art. 2º Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11570</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11570/portaria_n_059_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Suspender o mandato do Vereador afastado Josino Bernardes de Castro Neto. nos termos dos arts. 30, 31 e 32 do Regimento Interno desta Casa Legislativa. Art. 2° Em cumprimento ao disposto no art. 31 do Regimento Interno desta Casa Legislativa, o Vereador suspenso ndo tera direito ao recebimento de subsidio mensal, desde a expedição desta Portaria até quando perdurarem seus efeitos. Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 1° de junho de 2016.</t>
+  </si>
+  <si>
+    <t>11571</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11571/portaria_n_060_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear, INTERINAMENTE, LUCIENE MORAIS TEIXEIRA para provimento do cargo em comissio de Assessor de Comunicação Legislativo, para cumprimento de jornada diaria de 8 (oito) horas de trabalho. : Art. 2º A nomeação de que trata o art. 1º desta Portaria será pelo periodo que perdurar o afastamento da servidora Érica Fátima de Oliveira, sem prejuízo das atribuições do cargo de Assessor Parlamentar que atualmente ocupa. Art. 3º Esta Portaria entra em vigor na data de sua publicação</t>
+  </si>
+  <si>
+    <t>11572</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11572/portaria_n_061_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Revogar a Portaria nº 59, de 1° de junho de 2016, que suspendeu o mandato do Vereador afastado Josino Bernardes de Castro Neto, nos termos dos arts. 30, 31 e 32 do Regimento Interno desta Casa Legislativa. Art. 2° Esta Portaria entra em vigor na data de sua publicago.</t>
+  </si>
+  <si>
+    <t>11573</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11573/portaria_n_062_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Determinar o afastamento da servidora pública municipal FLÁVIA GONÇALVES PINTO do exercício de seu cargo de Atendente Legislativo, para concorrer a mandato eletivo de Vereadora no pleito de 02 de outubro de 2016, nos termos da Lei Complementar nº 64, de 18 de maio de 1990, assegurado o direito à percepção de seus vencimentos integrais. Parágrafo único. O afastamento disposto no “caput” do art. 1º terá início no dia 02 de julho de 2016. Art. 2º Para fins do disposto no art. 1º, a servidora deverá apresentar, por meio do requerimento padrão constante do Anexo I integrante desta portaria, nos prazos abaixo fixados, os seguintes documentos: I — cópia autenticada da ata da convenção partidária que indicou os candidatos ao pleito, devidamente rubricada pela Justiça Eleitoral, até o 5º (quinto) dia util contado a partir da data da escolha dos candidatos Praga Ferreira Pires, nº 04 — Centro — Formiga / MG — Cep:35. [...]"""</t>
+  </si>
+  <si>
+    <t>11574</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11574/portaria_n_063_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar o afastamento do servidor piblico municipal JOSE CARLOS DE CAMPOS do exercicio de seu cargo de Atendente Legislativo, para concorrer a mandato eletivo de Vereador no pleito de 02 de outubro de 2016, nos termos da Lei Complementar nº 64, de 18 de maio de 1990, assegurado o direito a percepção de seus vencimentos integrais. Paragrafo único. O afastamento disposto no “caput” do art. 1° tera inicio no dia 02 de julho de 2016. Art. 2° Para fins do disposto no art. 1°, o servidor devera apresentar, por meio do requerimento padrdo constante do Anexo I integrante desta portaria, nos prazos abaixo fixados, os seguintes documentos: 1 — copia autenticada da ata da convenção partidaria que indicou os candidatos ao pleito, devidamente rubricada pela Justica Eleitoral, até o 5° (quinto) dia util contado a partir da data da escolha dos candidatos Praga Ferreira Pires, nº 04 — Centro — Formiga / MG — Cep:35. [...]"""</t>
+  </si>
+  <si>
+    <t>11575</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11575/portaria_n_064_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar que os veiculos oficiais da Câmara Municipal de Formiga não estarão disponiveis para vereadores e seus respectivos assessores, a partir de 1° de julho a 02 de outubro de 2016, devido ao periodo eleitoral. Art. 2° Durante o periodo previsto no art. 1°, os veiculos estardo disponiveis somente para os servidores efetivos, para os cargos de Assessor Administrativo Legislativo, Assessor Juridico Legislativo, Assessor de Secretaria Geral, Assessor de Comunicação Legislativo e Assistentes Judiciario Legislativo e para o Presidente desta Casa Legislativa, para realização de servigos administrativos, cursos de aperfeigoamento inerentes as atribuições do servidor e em representatividade da Câmara Municipal de Formiga. Paragrafo tnico. Os veiculos poderão ser disponibilizados para a Justica Eleitoral, em caso de solicitação. Art. [...]</t>
+  </si>
+  <si>
+    <t>11576</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11576/portaria_n_065_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Readaptar a servidora SIMONE RODRIGUES DA SILVA PEDROSA, Matricula Funcional nº 097, para exercer novo rol de atribuições funcionais no cargo de Auxiliar do Legislativo — constantes da Ata de Reunido do Processo Administrativo nº 001/2016 — em virtude de estar impossibilitada de executar na integralidade as atribuições de seu cargo nos termos da Resolução nº 283/2005, conforme apurado no referido Processo Administrativo. Art. 2° A servidora readaptada, observada suas restrições e/ou limitações fisicas, exercerd exclusivamente as atribuições abaixo, defeso o desenvolvimento de quaisquer outras: a) cuidar e executar a limpeza das dependéncias da Câmara Municipal, de modo a zelar pelo perfeito estado de conservação de limpeza, dentro de suas limitações: retirar o lixo, manter os cestos limpos, repor papéis toalha e higiénico nos banheiros, manusear a mangueira para auxiliar o outro servidor, e outras atividades [...]</t>
+  </si>
+  <si>
+    <t>11577</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11577/portaria_n_066_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Antecipar a Reunião Ordinaria do dia 15 de agosto de 2016, segunda-feira, data em que se comemora a “Assunção de Nossa Senhora” (Lei 3.160 de 27 de abril de 2000, que dispde sobre feriados municipais) para o dia 12 de agosto de 2016, sexta-feira, as 10 horas, no Plenário da Câmara Municipal de Formiga. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11578</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11578/portaria_n_067_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Dar cumprimento a decisdo proferida pelo Juiz de Direito da Segunda Vara Civel da Comarca de Formiga/MG, Dr. Rafael Guimardes Carneiro, nos autos do Ação Civil de Improbidade nº 0261.16.008618-5, que determina o afastamento da Sra. Rosimeire Ribeiro de Mendonga, do cargo de Vereadora pelo prazo de 180 (cento e oitenta) dias. Art. 2° Considerando que a Sra. Rosimeire Ribeiro de Mendongjaa se encontra afastada do cargo de Vereadora desde 30 de março de 2016, conforme Portaria nº 40/2016 e uma vez devidamente empossada sua suplente na Reunião Ordinaria de 4 de abril de 2016, não convocar-se-a substituto em face do disposto no art. 1° desta Portaria. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11579</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11579/portaria_n_068_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar os servidores abaixo, para responder pela funçdo de Pregoeiro, nos processos licitatorios da modalidade pregão: - Flavia Tereza da Silva - Marco Aurélio Almeida Art. 2° Designar os servidores abaixo para comporem a Equipe de Apoio para atuação em todos os processos licitatérios da modalidade pregéo: - Antônio Carlos de Campos Junior - Ederson dos Reis Morais - Elisangela Garcia de Araújo - Flavia Bernardo Barboza - Magno Luiz da Silva - Maria Cristina Labella de Carvalho Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11580</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11580/portaria_n_069_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Dar cumprimento à decisdo proferida pelo Juiz de Direito em substituiçdo da Primeira Vara Civel da Comarca de Formiga/MG, Dr. Rafael Guimardes Carneiro, nos autos do Ação Civil Publica pela Pratica de Ato de Improbidade Administrativa e Reparagio de Danos ao Erdrio Municipal nº 0261.16.008616-9, que determina o afastamento dos indicados abaixo, do cargo de Vereador da Câmara Municipal de Formiga, pelo prazo de 180 (cento e oitenta) dias: I — José Aparecido Monteiro 11 — Josino Bernardes de Castro Neto TM — Rosimeire Ribeiro de Mendonga. Art. 2° Considerando que José Aparecido Monteiro, Josino Bernardes de Castro Neto e Rosimeire Ribeiro de Mendonga ja se encontram afastados do cargo de Vereador desde 30 de março de 2016, conforme Portaria nº 40/2016 e uma vez devidamente empossados seus respectivos suplentes na Reunião Ordinéria de 4 de abril de 2016, não convocar-se-do substitutos em face do disposto no ar [...]"""</t>
+  </si>
+  <si>
+    <t>11581</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11581/portaria_n_070_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conceder ao servidor, ORTON MARCOS ALVES DO COUTO, Auxiliar Legislativo, 01 (um) mês de férias prémio, no periodo de 06 (seis) de outubro a 04 (quatro) de novembro de 2016. Art. 2° Esta Portaria entrará em vigor na data de sua publicação, produzindo seus efeitos a partir do dia 06 de outubro de 2016.</t>
+  </si>
+  <si>
+    <t>11582</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11582/portaria_n_071_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conceder a servidora, MARIA CRISTINA LABELLA DE CARVALHO., Assistente Social Legislativo, 01 (um) mês de férias prémio, no periodo de 13 (treze) de outubro a 11 (onze) de novembro de 2016. Art. 2° Esta Portaria entrará em vigor na data de sua publicação. produzindo seus efeitos a partir de 11 de outubro de 2016.</t>
+  </si>
+  <si>
+    <t>11583</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11583/portaria_n_072_2016.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conceder horario especial as servidoras do Poder Legislativo, com carga horária didria de trabalho de 8 horas, que se encontrarem em periodo de aleitamento materno. sendo reduzida sua jornada diaria de trabalho em 30 minutos, sem prejuizo da carga horaria semanal. §1° O beneficio previsto no caput podera ser concedido até o segundo ano de vida da crianga. §2° A servidora devera apresentar requerimento ao Presidente solicitando o beneficio, acompanhado da certiddo de nascimento da crianga. Art. 2° Fica a servidora obrigada a comunicar a presidência o término do periodo de aleitamento materno. Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos até que ocorra sua revogagao. Regisfre-se</t>
+  </si>
+  <si>
     <t>9109</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9109/portaria_no_074.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9109/portaria_no_074.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma comissão especial com a finalidade específica para fazer o levantamento dos materiais permanentes que não são utilizados nos setores da Câmara Municipal, realizando a transferência dos mesmos para o Poder Executivo.</t>
   </si>
   <si>
     <t>9110</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9110/portaria_no_075.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9110/portaria_no_075.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica declarado ponto facultativo na Câmara Municipal de Formiga, no dia 28 de outubro de 2016, sexta-feira, devido ao Dia do Servidor Público.</t>
   </si>
   <si>
     <t>9111</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9111/portaria_no_076.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9111/portaria_no_076.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora da Câmara Municipal, Flávia Bernardo Barboza - Auxiliar Contabilista do Legislativo, o incentivo por titulação em pós-graduação no valor de 15% (quinze por cento) sobre o vencimento base que recebe a servidora, conforme Resolução nº 302/2008.</t>
   </si>
   <si>
     <t>9112</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9112/portaria_no_077.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9112/portaria_no_077.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 14 de novembro de 2016, segunda-feira, para o dia 11 de novembro de 2016, sexta-feira, às 10h30 no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9113</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9113/portaria_no_078.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9113/portaria_no_078.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 14 de novembro de 2016, segunda-feira, véspera do feriado 15 de novembro, terça-feira, dia da Proclamação da República, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9114</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9114/portaria_no_079.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9114/portaria_no_079.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Revogar a Portaria nº 74, de 21 de outubro de 2016.</t>
   </si>
   <si>
     <t>9115</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9115/portaria_no_080.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9115/portaria_no_080.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Institui a Comissão Permanente de Licitação da Câmara Municipal de Formiga, atendendo ao disposto na Lei Federal nº 8.666/93 e suas alterações.</t>
   </si>
   <si>
     <t>9116</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9116/portaria_no_081.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9116/portaria_no_081.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo os dias 23 e 30 de dezembro de 2016, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9117</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9117/portaria_no_082.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9117/portaria_no_082.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma comissão especial com finalidade de auxiliar na prestação dos serviços referentes a realização da cerimônia de Posse dos Vereadores, do Prefeito e do Vice-Prefeito Eleitos, que acontecerá no dia 1º de janeiro de 2017, no Ginásio Vicentão, a partir das 16h.</t>
   </si>
   <si>
     <t>9118</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9118/portaria_no_083.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9118/portaria_no_083.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Marcelo Nogueira do cargo em comissão de Assessor Administrativo Legislativo.</t>
   </si>
   <si>
     <t>9119</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9119/portaria_no_084.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9119/portaria_no_084.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Érica Fátima de Oliveira do cargo em comissão de Assessora de Comunicação Legislativo.</t>
   </si>
   <si>
     <t>9120</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9120/portaria_no_085.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9120/portaria_no_085.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Miriam Mara Mendonça do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>9121</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9121/portaria_no_086.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9121/portaria_no_086.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Antônio Monteiro Júnior do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>9122</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9122/portaria_no_087.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9122/portaria_no_087.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Waldereci Santos do cargo em comissão de Assessor Jurídico Legislativo.</t>
   </si>
   <si>
     <t>9123</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9123/portaria_no_088.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9123/portaria_no_088.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Carla Teles Costa do cargo em comissão de Assessora de Secretaria Geral.</t>
   </si>
   <si>
     <t>9124</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9124/portaria_no_089.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9124/portaria_no_089.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Gilmar Inácio Leal do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9125</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9125/portaria_no_090.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9125/portaria_no_090.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Marcelo Pereira Ramos do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9126</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9126/portaria_no_091.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9126/portaria_no_091.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Luciene Morais Teixeira do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9127</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9127/portaria_no_092.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9127/portaria_no_092.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Antônio de Pádua Elias de Sousa do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9128</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9128/portaria_no_093.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9128/portaria_no_093.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Matheus Afonso de Faria do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9129</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9129/portaria_no_094.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9129/portaria_no_094.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Ezequiel Gonçalves da Fonseca do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9130</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9130/portaria_no_095.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9130/portaria_no_095.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Káttia Cristina Borges Alves do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9131</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9131/portaria_no_096.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9131/portaria_no_096.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Letícia Aparecida do Couto do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9132</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9132/portaria_no_097.2016.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9132/portaria_no_097.2016.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Jair Eustáquio da Silva do cargo em comissão de Assessor Parlamentar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2645,67 +2954,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9070/portaria_no_001.2016.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9071/portaria_no_002.2016.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9072/portaria_no_003.2016.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9073/portaria_no_004.2016.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9074/portaria_no_005.2016.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9075/portaria_no_006.2016.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9076/portaria_no_007.2016.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9077/portaria_no_008.2016.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9078/portaria_no_009.2016.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9079/portaria_no_010.2016.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9080/portaria_no_011.2016.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9081/portaria_no_012.2016.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9082/portaria_no_013.2016.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9083/portaria_no_014.2016.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9084/portaria_no_015.2016.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9085/portaria_no_016.2016.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9086/portaria_no_017.2016.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9087/portaria_no_018.2016.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9088/portaria_no_019.2016.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9089/portaria_no_020.2016.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9090/portaria_no_021.2016.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9091/portaria_no_022.2016.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9092/portaria_no_023.2016.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9093/portaria_no_024.2016.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9094/portaria_no_025.2016.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9095/portaria_no_026.2016.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9096/portaria_no_027.2016.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9097/portaria_no_028.2016.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9098/portaria_no_029.2016.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9099/portaria_no_030.2016.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9100/portaria_no_031.2016.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9101/portaria_no_032.2016.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9102/portaria_no_033.2016.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9103/portaria_no_034.2016.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9104/portaria_no_035.2016.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9105/portaria_no_036.2016.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9106/portaria_no_037.2016.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9107/portaria_no_038.2016.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9108/portaria_no_039.2016.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9109/portaria_no_074.2016.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9110/portaria_no_075.2016.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9111/portaria_no_076.2016.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9112/portaria_no_077.2016.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9113/portaria_no_078.2016.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9114/portaria_no_079.2016.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9115/portaria_no_080.2016.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9116/portaria_no_081.2016.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9117/portaria_no_082.2016.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9118/portaria_no_083.2016.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9119/portaria_no_084.2016.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9120/portaria_no_085.2016.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9121/portaria_no_086.2016.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9122/portaria_no_087.2016.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9123/portaria_no_088.2016.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9124/portaria_no_089.2016.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9125/portaria_no_090.2016.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9126/portaria_no_091.2016.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9127/portaria_no_092.2016.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9128/portaria_no_093.2016.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9129/portaria_no_094.2016.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9130/portaria_no_095.2016.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9131/portaria_no_096.2016.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9132/portaria_no_097.2016.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9070/portaria_no_001.2016.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9071/portaria_no_002.2016.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9072/portaria_no_003.2016.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9073/portaria_no_004.2016.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9074/portaria_no_005.2016.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9075/portaria_no_006.2016.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9076/portaria_no_007.2016.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9077/portaria_no_008.2016.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9078/portaria_no_009.2016.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9079/portaria_no_010.2016.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9080/portaria_no_011.2016.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9081/portaria_no_012.2016.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9082/portaria_no_013.2016.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9083/portaria_no_014.2016.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9084/portaria_no_015.2016.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9085/portaria_no_016.2016.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9086/portaria_no_017.2016.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9087/portaria_no_018.2016.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9088/portaria_no_019.2016.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9089/portaria_no_020.2016.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9090/portaria_no_021.2016.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9091/portaria_no_022.2016.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9092/portaria_no_023.2016.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9093/portaria_no_024.2016.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9094/portaria_no_025.2016.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9095/portaria_no_026.2016.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9096/portaria_no_027.2016.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9097/portaria_no_028.2016.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9098/portaria_no_029.2016.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9099/portaria_no_030.2016.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9100/portaria_no_031.2016.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9101/portaria_no_032.2016.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9102/portaria_no_033.2016.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9103/portaria_no_034.2016.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9104/portaria_no_035.2016.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9105/portaria_no_036.2016.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9106/portaria_no_037.2016.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9107/portaria_no_038.2016.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9108/portaria_no_039.2016.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11551/portaria_n_040_2016.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11552/portaria_n_041_2016.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11553/portaria_n_042_2016.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11554/portaria_n_043_2016.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11555/portaria_n_044_2016.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11556/portaria_n_045_2016.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11557/portaria_n_046_2016.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11558/portaria_n_047_2016.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11559/portaria_n_048_2016.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11560/portaria_n_049_2016.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11561/portaria_n_050_2016.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11562/portaria_n_051_2016.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11563/portaria_n_052_2016.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11564/portaria_n_053_2016.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11565/portaria_n_054_2016.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11566/portaria_n_055_2016.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11567/portaria_n_056_2016.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11568/portaria_n_057_2016.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11569/portaria_n_058_2016.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11570/portaria_n_059_2016.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11571/portaria_n_060_2016.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11572/portaria_n_061_2016.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11573/portaria_n_062_2016.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11574/portaria_n_063_2016.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11575/portaria_n_064_2016.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11576/portaria_n_065_2016.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11577/portaria_n_066_2016.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11578/portaria_n_067_2016.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11579/portaria_n_068_2016.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11580/portaria_n_069_2016.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11581/portaria_n_070_2016.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11582/portaria_n_071_2016.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/11583/portaria_n_072_2016.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9109/portaria_no_074.2016.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9110/portaria_no_075.2016.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9111/portaria_no_076.2016.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9112/portaria_no_077.2016.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9113/portaria_no_078.2016.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9114/portaria_no_079.2016.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9115/portaria_no_080.2016.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9116/portaria_no_081.2016.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9117/portaria_no_082.2016.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9118/portaria_no_083.2016.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9119/portaria_no_084.2016.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9120/portaria_no_085.2016.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9121/portaria_no_086.2016.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9122/portaria_no_087.2016.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9123/portaria_no_088.2016.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9124/portaria_no_089.2016.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9125/portaria_no_090.2016.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9126/portaria_no_091.2016.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9127/portaria_no_092.2016.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9128/portaria_no_093.2016.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9129/portaria_no_094.2016.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9130/portaria_no_095.2016.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9131/portaria_no_096.2016.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2016/9132/portaria_no_097.2016.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H202"/>
+  <dimension ref="A1:H235"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6770,592 +7080,1351 @@
       </c>
       <c r="C178" t="s">
         <v>206</v>
       </c>
       <c r="D178" t="s">
         <v>417</v>
       </c>
       <c r="E178" t="s">
         <v>418</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>533</v>
       </c>
       <c r="H178" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>535</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
+        <v>209</v>
+      </c>
+      <c r="D179" t="s">
+        <v>417</v>
+      </c>
+      <c r="E179" t="s">
+        <v>418</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="D179" t="s">
-[...5 lines deleted...]
-      <c r="G179" s="1" t="s">
+      <c r="H179" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>538</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>212</v>
+      </c>
+      <c r="D180" t="s">
+        <v>417</v>
+      </c>
+      <c r="E180" t="s">
+        <v>418</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="B180" t="s">
-[...2 lines deleted...]
-      <c r="C180" t="s">
+      <c r="H180" t="s">
         <v>540</v>
-      </c>
-[...10 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>541</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>215</v>
+      </c>
+      <c r="D181" t="s">
+        <v>417</v>
+      </c>
+      <c r="E181" t="s">
+        <v>418</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H181" t="s">
         <v>543</v>
-      </c>
-[...16 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>548</v>
+        <v>218</v>
       </c>
       <c r="D182" t="s">
         <v>417</v>
       </c>
       <c r="E182" t="s">
         <v>418</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="H182" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>552</v>
+        <v>221</v>
       </c>
       <c r="D183" t="s">
         <v>417</v>
       </c>
       <c r="E183" t="s">
         <v>418</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="H183" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>556</v>
+        <v>224</v>
       </c>
       <c r="D184" t="s">
         <v>417</v>
       </c>
       <c r="E184" t="s">
         <v>418</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="H184" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>560</v>
+        <v>227</v>
       </c>
       <c r="D185" t="s">
         <v>417</v>
       </c>
       <c r="E185" t="s">
         <v>418</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="H185" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>564</v>
+        <v>230</v>
       </c>
       <c r="D186" t="s">
         <v>417</v>
       </c>
       <c r="E186" t="s">
         <v>418</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="H186" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>568</v>
+        <v>233</v>
       </c>
       <c r="D187" t="s">
         <v>417</v>
       </c>
       <c r="E187" t="s">
         <v>418</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>569</v>
+        <v>560</v>
       </c>
       <c r="H187" t="s">
-        <v>570</v>
+        <v>561</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>572</v>
+        <v>236</v>
       </c>
       <c r="D188" t="s">
         <v>417</v>
       </c>
       <c r="E188" t="s">
         <v>418</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
       <c r="H188" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>576</v>
+        <v>239</v>
       </c>
       <c r="D189" t="s">
         <v>417</v>
       </c>
       <c r="E189" t="s">
         <v>418</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
       <c r="H189" t="s">
-        <v>578</v>
+        <v>567</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>579</v>
+        <v>568</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>580</v>
+        <v>242</v>
       </c>
       <c r="D190" t="s">
         <v>417</v>
       </c>
       <c r="E190" t="s">
         <v>418</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>581</v>
+        <v>569</v>
       </c>
       <c r="H190" t="s">
-        <v>582</v>
+        <v>570</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>583</v>
+        <v>571</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>584</v>
+        <v>245</v>
       </c>
       <c r="D191" t="s">
         <v>417</v>
       </c>
       <c r="E191" t="s">
         <v>418</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>585</v>
+        <v>572</v>
       </c>
       <c r="H191" t="s">
-        <v>586</v>
+        <v>573</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>587</v>
+        <v>574</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>588</v>
+        <v>248</v>
       </c>
       <c r="D192" t="s">
         <v>417</v>
       </c>
       <c r="E192" t="s">
         <v>418</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>589</v>
+        <v>575</v>
       </c>
       <c r="H192" t="s">
-        <v>590</v>
+        <v>576</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>591</v>
+        <v>577</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>592</v>
+        <v>251</v>
       </c>
       <c r="D193" t="s">
         <v>417</v>
       </c>
       <c r="E193" t="s">
         <v>418</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>593</v>
+        <v>578</v>
       </c>
       <c r="H193" t="s">
-        <v>594</v>
+        <v>579</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>595</v>
+        <v>580</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>596</v>
+        <v>254</v>
       </c>
       <c r="D194" t="s">
         <v>417</v>
       </c>
       <c r="E194" t="s">
         <v>418</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>597</v>
+        <v>581</v>
       </c>
       <c r="H194" t="s">
-        <v>598</v>
+        <v>582</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>599</v>
+        <v>583</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>600</v>
+        <v>257</v>
       </c>
       <c r="D195" t="s">
         <v>417</v>
       </c>
       <c r="E195" t="s">
         <v>418</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>601</v>
+        <v>584</v>
       </c>
       <c r="H195" t="s">
-        <v>602</v>
+        <v>585</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>603</v>
+        <v>586</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>604</v>
+        <v>260</v>
       </c>
       <c r="D196" t="s">
         <v>417</v>
       </c>
       <c r="E196" t="s">
         <v>418</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>605</v>
+        <v>587</v>
       </c>
       <c r="H196" t="s">
-        <v>606</v>
+        <v>588</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>607</v>
+        <v>589</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>608</v>
+        <v>263</v>
       </c>
       <c r="D197" t="s">
         <v>417</v>
       </c>
       <c r="E197" t="s">
         <v>418</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="H197" t="s">
-        <v>610</v>
+        <v>591</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>611</v>
+        <v>592</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>612</v>
+        <v>266</v>
       </c>
       <c r="D198" t="s">
         <v>417</v>
       </c>
       <c r="E198" t="s">
         <v>418</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>613</v>
+        <v>593</v>
       </c>
       <c r="H198" t="s">
-        <v>614</v>
+        <v>594</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>615</v>
+        <v>595</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>616</v>
+        <v>269</v>
       </c>
       <c r="D199" t="s">
         <v>417</v>
       </c>
       <c r="E199" t="s">
         <v>418</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>617</v>
+        <v>596</v>
       </c>
       <c r="H199" t="s">
-        <v>618</v>
+        <v>597</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>619</v>
+        <v>598</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>620</v>
+        <v>272</v>
       </c>
       <c r="D200" t="s">
         <v>417</v>
       </c>
       <c r="E200" t="s">
         <v>418</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>621</v>
+        <v>599</v>
       </c>
       <c r="H200" t="s">
-        <v>622</v>
+        <v>600</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>623</v>
+        <v>601</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>624</v>
+        <v>275</v>
       </c>
       <c r="D201" t="s">
         <v>417</v>
       </c>
       <c r="E201" t="s">
         <v>418</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>625</v>
+        <v>602</v>
       </c>
       <c r="H201" t="s">
-        <v>626</v>
+        <v>603</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>604</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>278</v>
+      </c>
+      <c r="D202" t="s">
+        <v>417</v>
+      </c>
+      <c r="E202" t="s">
+        <v>418</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H202" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>607</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>280</v>
+      </c>
+      <c r="D203" t="s">
+        <v>417</v>
+      </c>
+      <c r="E203" t="s">
+        <v>418</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H203" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>610</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>283</v>
+      </c>
+      <c r="D204" t="s">
+        <v>417</v>
+      </c>
+      <c r="E204" t="s">
+        <v>418</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H204" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>613</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>25</v>
+      </c>
+      <c r="D205" t="s">
+        <v>417</v>
+      </c>
+      <c r="E205" t="s">
+        <v>418</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H205" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>616</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>28</v>
+      </c>
+      <c r="D206" t="s">
+        <v>417</v>
+      </c>
+      <c r="E206" t="s">
+        <v>418</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H206" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>619</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>31</v>
+      </c>
+      <c r="D207" t="s">
+        <v>417</v>
+      </c>
+      <c r="E207" t="s">
+        <v>418</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H207" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>622</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>623</v>
+      </c>
+      <c r="D208" t="s">
+        <v>417</v>
+      </c>
+      <c r="E208" t="s">
+        <v>418</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H208" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>626</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
         <v>627</v>
       </c>
-      <c r="B202" t="s">
-[...2 lines deleted...]
-      <c r="C202" t="s">
+      <c r="D209" t="s">
+        <v>417</v>
+      </c>
+      <c r="E209" t="s">
+        <v>418</v>
+      </c>
+      <c r="G209" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="D202" t="s">
-[...5 lines deleted...]
-      <c r="G202" s="1" t="s">
+      <c r="H209" t="s">
         <v>629</v>
       </c>
-      <c r="H202" t="s">
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
         <v>630</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>631</v>
+      </c>
+      <c r="D210" t="s">
+        <v>417</v>
+      </c>
+      <c r="E210" t="s">
+        <v>418</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H210" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>634</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>635</v>
+      </c>
+      <c r="D211" t="s">
+        <v>417</v>
+      </c>
+      <c r="E211" t="s">
+        <v>418</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H211" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>638</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>639</v>
+      </c>
+      <c r="D212" t="s">
+        <v>417</v>
+      </c>
+      <c r="E212" t="s">
+        <v>418</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H212" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>642</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>643</v>
+      </c>
+      <c r="D213" t="s">
+        <v>417</v>
+      </c>
+      <c r="E213" t="s">
+        <v>418</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H213" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>646</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>647</v>
+      </c>
+      <c r="D214" t="s">
+        <v>417</v>
+      </c>
+      <c r="E214" t="s">
+        <v>418</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H214" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>650</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>651</v>
+      </c>
+      <c r="D215" t="s">
+        <v>417</v>
+      </c>
+      <c r="E215" t="s">
+        <v>418</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H215" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>654</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>655</v>
+      </c>
+      <c r="D216" t="s">
+        <v>417</v>
+      </c>
+      <c r="E216" t="s">
+        <v>418</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H216" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>658</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>659</v>
+      </c>
+      <c r="D217" t="s">
+        <v>417</v>
+      </c>
+      <c r="E217" t="s">
+        <v>418</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H217" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>662</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>663</v>
+      </c>
+      <c r="D218" t="s">
+        <v>417</v>
+      </c>
+      <c r="E218" t="s">
+        <v>418</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H218" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>666</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>667</v>
+      </c>
+      <c r="D219" t="s">
+        <v>417</v>
+      </c>
+      <c r="E219" t="s">
+        <v>418</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="H219" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>670</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>671</v>
+      </c>
+      <c r="D220" t="s">
+        <v>417</v>
+      </c>
+      <c r="E220" t="s">
+        <v>418</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H220" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>674</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>675</v>
+      </c>
+      <c r="D221" t="s">
+        <v>417</v>
+      </c>
+      <c r="E221" t="s">
+        <v>418</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H221" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>678</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>679</v>
+      </c>
+      <c r="D222" t="s">
+        <v>417</v>
+      </c>
+      <c r="E222" t="s">
+        <v>418</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H222" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>682</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>683</v>
+      </c>
+      <c r="D223" t="s">
+        <v>417</v>
+      </c>
+      <c r="E223" t="s">
+        <v>418</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H223" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>686</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>687</v>
+      </c>
+      <c r="D224" t="s">
+        <v>417</v>
+      </c>
+      <c r="E224" t="s">
+        <v>418</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="H224" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>690</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>691</v>
+      </c>
+      <c r="D225" t="s">
+        <v>417</v>
+      </c>
+      <c r="E225" t="s">
+        <v>418</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="H225" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>694</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>695</v>
+      </c>
+      <c r="D226" t="s">
+        <v>417</v>
+      </c>
+      <c r="E226" t="s">
+        <v>418</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="H226" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>698</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>699</v>
+      </c>
+      <c r="D227" t="s">
+        <v>417</v>
+      </c>
+      <c r="E227" t="s">
+        <v>418</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H227" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>702</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>703</v>
+      </c>
+      <c r="D228" t="s">
+        <v>417</v>
+      </c>
+      <c r="E228" t="s">
+        <v>418</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="H228" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>706</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>707</v>
+      </c>
+      <c r="D229" t="s">
+        <v>417</v>
+      </c>
+      <c r="E229" t="s">
+        <v>418</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="H229" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>710</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>711</v>
+      </c>
+      <c r="D230" t="s">
+        <v>417</v>
+      </c>
+      <c r="E230" t="s">
+        <v>418</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H230" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>714</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>715</v>
+      </c>
+      <c r="D231" t="s">
+        <v>417</v>
+      </c>
+      <c r="E231" t="s">
+        <v>418</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H231" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>718</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>719</v>
+      </c>
+      <c r="D232" t="s">
+        <v>417</v>
+      </c>
+      <c r="E232" t="s">
+        <v>418</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="H232" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>722</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>723</v>
+      </c>
+      <c r="D233" t="s">
+        <v>417</v>
+      </c>
+      <c r="E233" t="s">
+        <v>418</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H233" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>726</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>727</v>
+      </c>
+      <c r="D234" t="s">
+        <v>417</v>
+      </c>
+      <c r="E234" t="s">
+        <v>418</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H234" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>730</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>731</v>
+      </c>
+      <c r="D235" t="s">
+        <v>417</v>
+      </c>
+      <c r="E235" t="s">
+        <v>418</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="H235" t="s">
+        <v>733</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7517,50 +8586,83 @@
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>