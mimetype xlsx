--- v0 (2025-11-26)
+++ v1 (2026-03-22)
@@ -10,92 +10,92 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3424" uniqueCount="1452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3459" uniqueCount="1467">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/</t>
+    <t>http://sapl.formiga.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Concede Título de Honraria e Cidadania Honorária e dá outras providências.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Aprova as contas do Município de Formiga, relativas ao exercício de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Altera o art. 3º da Resolução nº 312/2009, que institui a Comissão Permanente de Licitação no âmbito da Câmara Municipal de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
@@ -789,51 +789,51 @@
   <si>
     <t>Dispõe sobre a revisão geral anual e aumento real dos vencimentos no âmbito do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>9146</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9146/portaria_no_014.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9146/portaria_no_014.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica regulamentado o banco de horas dos servidores da Câmara Municipal de Formiga, nos termos constantes desta Portaria.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>OFC</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, Evandro Donizeth da Cunha - Piruca vem, através deste, convidar V. Sa. para fazer uso da Tribuna desta Casa Legislativa para falar sobre os trabalhos de prevenção da dengue desenvolvidos pelo Setor de Endemias da Secretaria de Saúde em nosso município.       _x000D_
 _x000D_
 Data: 2/2/2015 - 2ª feira_x000D_
 Horário: 15 horas_x000D_
 Local: Plenário da Câmara Municipal de Formiga_x000D_
 _x000D_
 Solicito a gentileza de confirmar sua presença com antecedência com os servidores Magno Luiz da Silva ou Elisângela Garcia de Araújo pelos telefones 3329-2614 ou 3329-2612.</t>
   </si>
@@ -4749,750 +4749,795 @@
 Na oportunidade, solicito que também me sejam informadas quais as providências tomadas  quanto à empresa que fornece (ou fornecia) refeições aos funcionários do PAM, a partir de um flagrante das péssimas condições no transporte de tais alimentos. Ressalte-se que o Município de Córrego Fundo emitiu, em desfavor daquela empresa, uma Notificação de Aplicação de Penalidade por Descumprimento de Contrato, com proibição de contratar com aquele município pelo período de 2 (dois) anos, em virtude da entrega de produtos licitados fora do padrão aceitável (péssimas condições de higiene, conservação e acondicionamento, aspecto e aroma desagradável, presença de insetos entre as refeições etc)._x000D_
 _x000D_
 Ainda aproveitando o presente, solicito a agilização da entrada em funcionamento do novo mamógrafo dessa Secretaria._x000D_
 _x000D_
 Na expectativa de seu atendimento, despeço-me agradecido, renovando meus protestos de estima e elevada consideração.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, Evandro Donizeth da Cunha - Piruca, encaminha a V. Ex.ª cópia dos pedidos de providência de nº 580 a 599/2015/SCMF, que deram entrada na Reunião Ordinária, no dia 14/12/2015, para conhecimento e providências necessárias dentro das possibilidades deste Poder.</t>
   </si>
   <si>
     <t>9133</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9133/portaria_no_001.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9133/portaria_no_001.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Gilmar Inácio Leal, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9134</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9134/portaria_no_002.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9134/portaria_no_002.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Mariana Arantes, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9135</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9135/portaria_no_003.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9135/portaria_no_003.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Káttia Cristina Borges Alves, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9136</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9136/portaria_no_004.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9136/portaria_no_004.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Marcelo Nogueira, para provimento do cargo de Assessor Administrativo Legislativo, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9137</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9137/portaria_no_005.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9137/portaria_no_005.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Carla Teles Costa, para provimento do cargo de Assessora de Secretaria Geral, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9138</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9138/portaria_no_006.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9138/portaria_no_006.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Érica Fátima de Oliveira, para provimento do cargo de Assessora de Comunicação Legislativo, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9139</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9139/portaria_no_007.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9139/portaria_no_007.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Ezequiel Gonçalves da Fonseca, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9140</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9140/portaria_no_008.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9140/portaria_no_008.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Matheus Afonso de Faria, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9141</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9141/portaria_no_009.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9141/portaria_no_009.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Janaína Arantes de Faria, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9142</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9142/portaria_no_010.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9142/portaria_no_010.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Emerson Miguel Marcelino, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9143</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9143/portaria_no_011.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9143/portaria_no_011.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Pedro Gustavo Pires Faleiro, para provimento do cargo de Assistente Judiciário Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>9144</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9144/portaria_no_012.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9144/portaria_no_012.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Onofre José de Moura, para provimento do cargo de Assistente Judiciário Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
     <t>9145</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9145/portaria_no_013.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9145/portaria_no_013.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Waldereci Santos, para provimento do cargo de Assessor Jurídico Legislativo, para cumprimento de jornada diária de 4 (quatro) horas de trabalho.</t>
   </si>
   <si>
+    <t>11546</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11546/portaria_n_014_2015.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Fica regulamentado o banco de horas dos servidores da Câmara Municipal de Formiga, nos termos constantes desta Portaria. Parágrafo único. A compensação das horas devidamente registradas no banco de horas e previamente autorizadas, alcanga todos os servidores públicos que pertencem ao quadro de carreira da Casa, além de se estender aos detentores de Cargo em comissão, e também os estagidrios. Art. 2° O Banco de Horas destina-se a controlar e regular a compensação das horas positivas e negativas dos servidores da Câmara Municipal de Formiga. §1° Somente sera permitido servigo extraordindrio para atender a situações excepcionais e tempordrias, respeitando o limite méximo de 2 (duas) horas diarias, podendo ser prorrogado por igual periodo se o interesse publico do servigo assim o exigir, mediante relatorio detalhado e autorização da chefia imediata, conforme modelo do Anexo I da presente Portaria. [...]</t>
+  </si>
+  <si>
     <t>9147</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9147/portaria_no_015.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9147/portaria_no_015.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear Mirelle de Oliveira Santos, para ocupar temporariamente o cargo efetivo de Atendente do Legislativo, para cumprimento de jornada diária de 6 (seis) horas de trabalho.</t>
   </si>
   <si>
     <t>9148</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9148/portaria_no_016.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9148/portaria_no_016.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão de Avaliação de Desempenho - CAD, para aplicar o Sistema de Avaliação Especial de Desempenho dos Servidores em Estágio Probatório - SAEDSES e aferir a aptidão e a capacidade de todos os servidores da Câmara Municipal de Formiga em estágio probatório.</t>
   </si>
   <si>
     <t>9149</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9149/portaria_no_017.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9149/portaria_no_017.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial para avaliação da concessão de incentivo por titulação em graduação ao servidor efetivo e estável da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9150</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9150/portaria_no_018.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9150/portaria_no_018.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Constituição, Justiça e Redação.</t>
   </si>
   <si>
     <t>9151</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9151/portaria_no_019.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9151/portaria_no_019.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Finanças, Orçamento e Tomada de Contas.</t>
   </si>
   <si>
     <t>9152</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9152/portaria_no_020.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9152/portaria_no_020.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Serviços Públicos Municipais.</t>
   </si>
   <si>
     <t>9153</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9153/portaria_no_021.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9153/portaria_no_021.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial de Meio Ambiente.</t>
   </si>
   <si>
     <t>9154</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9154/portaria_no_022.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9154/portaria_no_022.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial para compor o Órgão de Defesa dos Direitos Humanos, prevista no art. 5º da Lei nº 3.904, de 27 de setembro de 2006.</t>
   </si>
   <si>
     <t>9155</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9155/portaria_no_023.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9155/portaria_no_023.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial de Saúde.</t>
   </si>
   <si>
     <t>9156</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9156/portaria_no_024.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9156/portaria_no_024.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial de Segurança Pública.</t>
   </si>
   <si>
     <t>9157</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9157/portaria_no_025.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9157/portaria_no_025.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, § 1º do Regimento Interno, uma Comissão Especial de Participação Popular.</t>
   </si>
   <si>
     <t>9158</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9158/portaria_no_026.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9158/portaria_no_026.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora da Câmara Municipal, Aline de Menezes Apolinário - Contabilista do Legislativo, o incentivo por titulação em pós-graduação no valor de 15% (quinze por cento) sobre o vencimento base que recebe a servidora, conforme Resolução nº 302/2008.</t>
   </si>
   <si>
     <t>9159</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9159/portaria_no_027.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9159/portaria_no_027.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Instituir a Comissão Especial de Registro de Preços e nomear os seguintes servidores:_x000D_
 _x000D_
 Marcelo Nogueira - Presidente_x000D_
 Carlos Renato Brito Angeli - Relator_x000D_
 Ederson dos Reis Morais - Membro</t>
   </si>
   <si>
     <t>9160</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9160/portaria_no_028.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9160/portaria_no_028.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Emerson Miguel Marcelino do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9161</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9161/portaria_no_029.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9161/portaria_no_029.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Marcelo Pereira Ramos, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9162</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9162/portaria_no_030.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9162/portaria_no_030.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear para o cargo em comissão Elton da Costa Pinto, para provimento do cargo de Assessor Parlamentar, para cumprimento de jornada diária de 8 (oito) horas de trabalho.</t>
   </si>
   <si>
     <t>9163</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9163/portaria_no_031.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9163/portaria_no_031.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 16 de fevereiro de 2015, segunda-feira de Carnaval, para o dia 13 de fevereiro de 2015, sexta-feira, às 10h no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9164</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9164/portaria_no_032.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9164/portaria_no_032.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 16 de fevereiro de 2015, segunda-feira, véspera do feriado de Carnaval.</t>
   </si>
   <si>
     <t>9165</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9165/portaria_no_033.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9165/portaria_no_033.2015.pdf</t>
   </si>
   <si>
     <t>9166</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9166/portaria_no_034.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9166/portaria_no_034.2015.pdf</t>
   </si>
   <si>
     <t>9167</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9167/portaria_no_035.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9167/portaria_no_035.2015.pdf</t>
   </si>
   <si>
     <t>Municipal, Flávia Tereza da Silva - Assistente do Legislativo, o incentivo por titulação em graduação no valor de 10% (dez por cento) sobre o vencimento base que recebe a servidora, conforme Resolução nº 302/2008.</t>
   </si>
   <si>
     <t>9168</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9168/portaria_no_036.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9168/portaria_no_036.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, MARIA CRISTINA LABELLA DE CARVALHO, Assistente Social Legislativo, 01 (um) mês de férias prêmio, no período de 16 (dezesseis) de março a 14 (quatorze) de abril de 2015.</t>
   </si>
   <si>
     <t>9169</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9169/portaria_no_037.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9169/portaria_no_037.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer dentro do prazo improrrogável de 05 (cinco) dias, sobre o Projeto de Lei Complementar nº 52/2014, que altera a redação dos dispositivos que menciona e dá outras providências. De acordo com a mensagem anexa ao projeto, o mesmo objetiva a alteração no cargo de Coordenador de Endemias, transformando-o em Gerente de Endemias.</t>
   </si>
   <si>
     <t>9170</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9170/portaria_no_038.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9170/portaria_no_038.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 02 de abril de 2015, quinta-feira, véspera do feriado 03 de abril, sexta-feira da paixão, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9171</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9171/portaria_no_039.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9171/portaria_no_039.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar o servidor Carlos Renato Brito Angeli, ocupante do cargo efetivo Auxiliar de Auditor Legislativo, com ônus adicional para o erário, para responder, cumulativamente com suas atribuições e exercer as atribuições do cargo de Auditor do Legislativo, previstas no art. 15 da Resolução nº 283/2005.</t>
   </si>
   <si>
     <t>9172</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9172/portaria_no_040.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9172/portaria_no_040.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 20 de abril de 2015, segunda-feira, véspera do feriado de Tiradentes.</t>
   </si>
   <si>
     <t>9173</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9173/portaria_no_041.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9173/portaria_no_041.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Adriana Costa Prado de Oliveira do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>9174</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9174/portaria_no_042.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9174/portaria_no_042.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial de Avaliação para Eliminação de Documentos no âmbito do arquivo da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9175</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9175/portaria_no_043.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9175/portaria_no_043.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo no dia 05 de junho de 2015, sexta-feira, após o feriado 04 de junho, Dia de Corpus Christi, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9176</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9176/portaria_no_044.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9176/portaria_no_044.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial com a finalidade de analisar e estudar o Projeto de Decreto Legislativo nº 008/2015, que concede títulos de Cidadania Honorária e Medalhas de Honra ao Mérito e dá outras providências.</t>
   </si>
   <si>
     <t>9177</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9177/portaria_no_045.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9177/portaria_no_045.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Prorrogar o contrato administrativo n. 001/2015 - Contrato por Prazo Determinado da servidora Mirelle de Oliveira Santos, até 04 de maio de 2016, ou seja, 05 (cinco) meses após a data provável do parto, conforme laudo médico e exame de ultrassonografia.</t>
   </si>
   <si>
     <t>9178</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9178/portaria_no_046.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9178/portaria_no_046.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial para levantamento de informações, tais como cargos e atribuições, de acordo com a Lei Complementar nº 36/2010, e acompanhamento dos trabalhos necessários para realização de Concurso Público, para provimento de cargos na Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9179</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9179/portaria_no_047.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9179/portaria_no_047.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 19 de junho de 2015, sexta-feira, a partir das 13 horas, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9180</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9180/portaria_no_048.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9180/portaria_no_048.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, FLÁVIA GONÇALVES PINTO, Atendente Legislativo, 02 (dois) meses de férias prêmio, no período de 15 (quinze) de julho a 12 (doze) de setembro de 2015.</t>
   </si>
   <si>
     <t>9181</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9181/portaria_no_049.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9181/portaria_no_049.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer dentro do prazo improrrogável de 05 (cinco) dias, sobre o Projeto de Lei nº 321/2015, que dispõe sobre a Política Municipal de Saneamento Básico, sobre a Regulação dos Serviços de Saneamento Básico do Município de Formiga; cria o Conselho Municipal de Saneamento Básico e dá outras providências.</t>
   </si>
   <si>
     <t>9182</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9182/portaria_no_050.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9182/portaria_no_050.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, SIMONE RODRIGUES DA SILVA PEDROSA, Auxiliar do Legislativo, 01 (um) mês de férias prêmio, no período de 05 (cinco) de agosto a 03 (três) de setembro de 2015.</t>
   </si>
   <si>
     <t>9183</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9183/portaria_no_051.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9183/portaria_no_051.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar os servidores abaixo, para responder pela função de Pregoeiros, nos processos licitatórios da modalidade pregão:_x000D_
 _x000D_
 - Flávia Tereza da Silva_x000D_
 - Marco Aurélio Almeida_x000D_
 - Virginia Oliveira de Sousa</t>
   </si>
   <si>
     <t>9184</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9184/portaria_no_052.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9184/portaria_no_052.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 07 de setembro de 2015, segunda-feira, para o dia 04 de setembro de 2015, sexta-feira, às 10h30min no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9185</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9185/portaria_no_053.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9185/portaria_no_053.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão de Avaliação de Desempenho - CAD, para aplicar o Sistema de Avaliação Especial de Desempenho dos Servidores para fins de Progressão Salarial - SAEDSPS e aferir a aptidão e a capacidade de todos os servidores da Câmara Municipal de Formiga para obtenção da progressão salarial.</t>
   </si>
   <si>
     <t>9186</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9186/portaria_no_054.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9186/portaria_no_054.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Suspender a partir do dia 16/09/2015, o pagamento de diárias para vereadores, por tempo indeterminado, no âmbito do Poder Legislativo.</t>
   </si>
   <si>
     <t>9187</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9187/portaria_no_055.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9187/portaria_no_055.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder ao servidor, MARCO AURÉLIO ALMEIDA, Arquivista Legislativo, 01 (um) mês de férias prêmio, no período de 10 (dez) de setembro a 09 (nove) de outubro de 2015.</t>
   </si>
   <si>
     <t>9188</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9188/portaria_no_056.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9188/portaria_no_056.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder à servidora, FLÁVIA TEREZA DA SILVA, Assistente Legislativo, 30 (trinta) dias de férias prêmio, no período de 1º (primeiro) a 30 (trinta) de outubro de 2015.</t>
   </si>
   <si>
     <t>9189</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9189/portaria_no_057.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9189/portaria_no_057.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder ao servidor, JOSÉ CARLOS CAMPOS, Atendente Legislativo, 01 (um) mês de férias prêmio, no período de 1º (primeiro) a 30 (trinta) de outubro de 2015.</t>
   </si>
   <si>
     <t>9190</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9190/portaria_no_058.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9190/portaria_no_058.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 12 de outubro de 2015, segunda-feira, para o dia 09 de outubro de 2015, sexta-feira, às 10h no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9191</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9191/portaria_no_059.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9191/portaria_no_059.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Restabelecer, a partir do dia 20/10/2015, o pagamento de diárias para Vereadores, no âmbito do Poder Legislativo.</t>
   </si>
   <si>
     <t>9192</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9192/portaria_no_060.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9192/portaria_no_060.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Antecipar a Reunião Ordinária do dia 02 de novembro de 2015, segunda-feira, para o dia 29 de outubro de 2015, quinta-feira, às 10h no plenário da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9193</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9193/portaria_no_061.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9193/portaria_no_061.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 30 de outubro de 2015, em virtude do Dia do Servidor Público, comemorado no dia 28 de outubro de 2015, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9194</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9194/portaria_no_062.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9194/portaria_no_062.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora, MARIANA FÁTIMA SOUZA, Auditora do Legislativo, 01 (um) mês de férias prêmio, no período de 03 (três) de novembro a 02 (dois) de dezembro de 2015.</t>
   </si>
   <si>
     <t>9195</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9195/portaria_no_063.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9195/portaria_no_063.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar que os veículos oficiais da Câmara Municipal estarão disponíveis para viagens intermunicipal/interestadual de vereadores até o dia 11/12/2015, sexta-feira.</t>
   </si>
   <si>
     <t>9196</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9196/portaria_no_064.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9196/portaria_no_064.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Institui a Comissão Permanente de Licitação da Câmara Municipal de Formiga, atendendo ao disposto na Lei Federal nº 8.666/93 e suas alterações.</t>
   </si>
   <si>
     <t>9197</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9197/portaria_no_065.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9197/portaria_no_065.2015.pdf</t>
   </si>
   <si>
     <t>9198</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9198/portaria_no_066.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9198/portaria_no_066.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Retificar nos termos do §1º do artigo 2º da Resolução nº 339/2015, a data fim do contrato administrativo nº 001/2015, da servidora Mirelle de Oliveira Santos, prorrogado por meio da Portaria nº 45/2015, passando aquela data a ser o dia 25 de abril de 2016, ou seja, 05 (cinco) meses após a data do parto, ocorrido no dia 25 de novembro de 2015, conforme cópia da certidão de nascimento anexa.</t>
   </si>
   <si>
     <t>9199</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9199/portaria_no_067.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9199/portaria_no_067.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder a servidora da Câmara Municipal Flávia Bernardo Barboza - Auxiliar de Contabilidade, o incentivo por titulação em graduação no valor de 10% (dez por cento) sobre o vencimento base que recebe a servidora, conforme Resolução nº 302/2008.</t>
   </si>
   <si>
     <t>9200</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9200/portaria_no_068.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9200/portaria_no_068.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Instituir uma Comissão Especial com finalidade específica para analisar e avaliar o veículo da Câmara Municipal de Formiga, para fins de baixa, sendo:_x000D_
 _x000D_
 Marca: Veículo  HONDA/CG 125 FAN ES,  ano/modelo  2012/2012,  cor preta,  placa  NYE-5819, _x000D_
 CHASSI 9C2JC4120CR566103, Renavam 467642036.</t>
   </si>
   <si>
     <t>9203</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9203/portaria_no_069.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9203/portaria_no_069.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer sobre os seguintes projetos, sendo eles os Projetos de Lei Complementar de nºs 018/2014; 019/2014; 020/2014 e os Projetos de Lei nºs 370/2015; 378/2015 e 379/2015.</t>
   </si>
   <si>
     <t>9204</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9204/portaria_no_070.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9204/portaria_no_070.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo nas dependências da Câmara Municipal nos dias abaixo:_x000D_
 _x000D_
 - 24 de dezembro de 2015 - 5ª feira;_x000D_
 - 30 de dezembro de 2015 - 4ª feira;_x000D_
 - 31 de dezembro de 2015 - 5ª feira.</t>
   </si>
   <si>
     <t>9205</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9205/portaria_no_071.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9205/portaria_no_071.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Gilmar Inácio Leal do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9206</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Marcelo Nogueira do cargo em comissão de Assessor Administrativo Legislativo.</t>
   </si>
   <si>
     <t>9207</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9207/portaria_no_073.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9207/portaria_no_073.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Waldereci Santos do cargo em comissão de Assessor Jurídico Legislativo.</t>
   </si>
   <si>
     <t>9208</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9208/portaria_no_074.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9208/portaria_no_074.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Érica Fátima de Oliveira do cargo em comissão de Assessora de Comunicação Legislativo.</t>
   </si>
   <si>
     <t>9209</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9209/portaria_no_075.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9209/portaria_no_075.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Pedro Gustavo Pires Faleiro do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>9210</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9210/portaria_no_076.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9210/portaria_no_076.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Onofre José de Moura do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>9211</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9211/portaria_no_077.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9211/portaria_no_077.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Mariana Arantes do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9212</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9212/portaria_no_078.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9212/portaria_no_078.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Káttia Cristina Borges Alves do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9213</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9213/portaria_no_079.2015.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9213/portaria_no_079.2015.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Ezequiel Gonçalves da Fonseca do cargo em comissão de Assessor Parlamentar.</t>
+  </si>
+  <si>
+    <t>11547</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11547/portaria_n_080_2015.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Matheus Afonso de Faria do cargo em comissio de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de dezembro de 2015.</t>
+  </si>
+  <si>
+    <t>11548</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11548/portaria_n_081_2015.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Janaina Arantes de Faria do cargo em comissão de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de dezembro de 2015.</t>
+  </si>
+  <si>
+    <t>11549</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11549/portaria_n_082_2015.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Exonerar Elton da Costa Pinto do cargo em comissão de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de dezembro de 2015.</t>
+  </si>
+  <si>
+    <t>11550</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11550/portaria_n_083_2015.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Marcelo Pereira Ramos do cargo em comissão de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de dezembro de 2015.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5796,67 +5841,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9146/portaria_no_014.2015.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9133/portaria_no_001.2015.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9134/portaria_no_002.2015.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9135/portaria_no_003.2015.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9136/portaria_no_004.2015.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9137/portaria_no_005.2015.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9138/portaria_no_006.2015.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9139/portaria_no_007.2015.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9140/portaria_no_008.2015.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9141/portaria_no_009.2015.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9142/portaria_no_010.2015.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9143/portaria_no_011.2015.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9144/portaria_no_012.2015.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9145/portaria_no_013.2015.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9147/portaria_no_015.2015.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9148/portaria_no_016.2015.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9149/portaria_no_017.2015.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9150/portaria_no_018.2015.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9151/portaria_no_019.2015.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9152/portaria_no_020.2015.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9153/portaria_no_021.2015.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9154/portaria_no_022.2015.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9155/portaria_no_023.2015.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9156/portaria_no_024.2015.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9157/portaria_no_025.2015.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9158/portaria_no_026.2015.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9159/portaria_no_027.2015.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9160/portaria_no_028.2015.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9161/portaria_no_029.2015.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9162/portaria_no_030.2015.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9163/portaria_no_031.2015.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9164/portaria_no_032.2015.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9165/portaria_no_033.2015.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9166/portaria_no_034.2015.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9167/portaria_no_035.2015.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9168/portaria_no_036.2015.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9169/portaria_no_037.2015.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9170/portaria_no_038.2015.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9171/portaria_no_039.2015.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9172/portaria_no_040.2015.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9173/portaria_no_041.2015.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9174/portaria_no_042.2015.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9175/portaria_no_043.2015.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9176/portaria_no_044.2015.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9177/portaria_no_045.2015.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9178/portaria_no_046.2015.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9179/portaria_no_047.2015.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9180/portaria_no_048.2015.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9181/portaria_no_049.2015.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9182/portaria_no_050.2015.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9183/portaria_no_051.2015.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9184/portaria_no_052.2015.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9185/portaria_no_053.2015.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9186/portaria_no_054.2015.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9187/portaria_no_055.2015.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9188/portaria_no_056.2015.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9189/portaria_no_057.2015.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9190/portaria_no_058.2015.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9191/portaria_no_059.2015.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9192/portaria_no_060.2015.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9193/portaria_no_061.2015.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9194/portaria_no_062.2015.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9195/portaria_no_063.2015.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9196/portaria_no_064.2015.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9197/portaria_no_065.2015.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9198/portaria_no_066.2015.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9199/portaria_no_067.2015.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9200/portaria_no_068.2015.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9203/portaria_no_069.2015.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9204/portaria_no_070.2015.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9205/portaria_no_071.2015.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9207/portaria_no_073.2015.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9208/portaria_no_074.2015.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9209/portaria_no_075.2015.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9210/portaria_no_076.2015.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9211/portaria_no_077.2015.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9212/portaria_no_078.2015.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9213/portaria_no_079.2015.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9146/portaria_no_014.2015.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9133/portaria_no_001.2015.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9134/portaria_no_002.2015.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9135/portaria_no_003.2015.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9136/portaria_no_004.2015.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9137/portaria_no_005.2015.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9138/portaria_no_006.2015.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9139/portaria_no_007.2015.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9140/portaria_no_008.2015.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9141/portaria_no_009.2015.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9142/portaria_no_010.2015.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9143/portaria_no_011.2015.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9144/portaria_no_012.2015.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9145/portaria_no_013.2015.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11546/portaria_n_014_2015.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9147/portaria_no_015.2015.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9148/portaria_no_016.2015.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9149/portaria_no_017.2015.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9150/portaria_no_018.2015.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9151/portaria_no_019.2015.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9152/portaria_no_020.2015.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9153/portaria_no_021.2015.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9154/portaria_no_022.2015.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9155/portaria_no_023.2015.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9156/portaria_no_024.2015.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9157/portaria_no_025.2015.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9158/portaria_no_026.2015.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9159/portaria_no_027.2015.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9160/portaria_no_028.2015.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9161/portaria_no_029.2015.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9162/portaria_no_030.2015.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9163/portaria_no_031.2015.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9164/portaria_no_032.2015.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9165/portaria_no_033.2015.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9166/portaria_no_034.2015.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9167/portaria_no_035.2015.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9168/portaria_no_036.2015.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9169/portaria_no_037.2015.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9170/portaria_no_038.2015.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9171/portaria_no_039.2015.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9172/portaria_no_040.2015.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9173/portaria_no_041.2015.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9174/portaria_no_042.2015.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9175/portaria_no_043.2015.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9176/portaria_no_044.2015.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9177/portaria_no_045.2015.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9178/portaria_no_046.2015.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9179/portaria_no_047.2015.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9180/portaria_no_048.2015.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9181/portaria_no_049.2015.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9182/portaria_no_050.2015.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9183/portaria_no_051.2015.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9184/portaria_no_052.2015.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9185/portaria_no_053.2015.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9186/portaria_no_054.2015.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9187/portaria_no_055.2015.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9188/portaria_no_056.2015.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9189/portaria_no_057.2015.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9190/portaria_no_058.2015.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9191/portaria_no_059.2015.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9192/portaria_no_060.2015.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9193/portaria_no_061.2015.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9194/portaria_no_062.2015.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9195/portaria_no_063.2015.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9196/portaria_no_064.2015.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9197/portaria_no_065.2015.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9198/portaria_no_066.2015.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9199/portaria_no_067.2015.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9200/portaria_no_068.2015.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9203/portaria_no_069.2015.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9204/portaria_no_070.2015.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9205/portaria_no_071.2015.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9207/portaria_no_073.2015.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9208/portaria_no_074.2015.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9209/portaria_no_075.2015.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9210/portaria_no_076.2015.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9211/portaria_no_077.2015.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9212/portaria_no_078.2015.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/9213/portaria_no_079.2015.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11547/portaria_n_080_2015.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11548/portaria_n_081_2015.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11549/portaria_n_082_2015.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2015/11550/portaria_n_083_2015.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H489"/>
+  <dimension ref="A1:H494"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -15579,1535 +15625,1650 @@
       </c>
       <c r="C424" t="s">
         <v>285</v>
       </c>
       <c r="D424" t="s">
         <v>1221</v>
       </c>
       <c r="E424" t="s">
         <v>1222</v>
       </c>
       <c r="G424" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="H424" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>1261</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>290</v>
+        <v>256</v>
       </c>
       <c r="D425" t="s">
         <v>1221</v>
       </c>
       <c r="E425" t="s">
         <v>1222</v>
       </c>
       <c r="G425" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H425" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>1264</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D426" t="s">
         <v>1221</v>
       </c>
       <c r="E426" t="s">
         <v>1222</v>
       </c>
       <c r="G426" s="1" t="s">
         <v>1265</v>
       </c>
       <c r="H426" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>1267</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D427" t="s">
         <v>1221</v>
       </c>
       <c r="E427" t="s">
         <v>1222</v>
       </c>
       <c r="G427" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="H427" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>1270</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="D428" t="s">
         <v>1221</v>
       </c>
       <c r="E428" t="s">
         <v>1222</v>
       </c>
       <c r="G428" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="H428" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>1273</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="D429" t="s">
         <v>1221</v>
       </c>
       <c r="E429" t="s">
         <v>1222</v>
       </c>
       <c r="G429" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="H429" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>1276</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D430" t="s">
         <v>1221</v>
       </c>
       <c r="E430" t="s">
         <v>1222</v>
       </c>
       <c r="G430" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="H430" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>1279</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D431" t="s">
         <v>1221</v>
       </c>
       <c r="E431" t="s">
         <v>1222</v>
       </c>
       <c r="G431" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="H431" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>1282</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D432" t="s">
         <v>1221</v>
       </c>
       <c r="E432" t="s">
         <v>1222</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="H432" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>1285</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D433" t="s">
         <v>1221</v>
       </c>
       <c r="E433" t="s">
         <v>1222</v>
       </c>
       <c r="G433" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="H433" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>1288</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D434" t="s">
         <v>1221</v>
       </c>
       <c r="E434" t="s">
         <v>1222</v>
       </c>
       <c r="G434" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H434" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>1291</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="D435" t="s">
         <v>1221</v>
       </c>
       <c r="E435" t="s">
         <v>1222</v>
       </c>
       <c r="G435" s="1" t="s">
         <v>1292</v>
       </c>
       <c r="H435" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>1294</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="D436" t="s">
         <v>1221</v>
       </c>
       <c r="E436" t="s">
         <v>1222</v>
       </c>
       <c r="G436" s="1" t="s">
         <v>1295</v>
       </c>
       <c r="H436" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>1297</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="D437" t="s">
         <v>1221</v>
       </c>
       <c r="E437" t="s">
         <v>1222</v>
       </c>
       <c r="G437" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="H437" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>1300</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D438" t="s">
         <v>1221</v>
       </c>
       <c r="E438" t="s">
         <v>1222</v>
       </c>
       <c r="G438" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="H438" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>1303</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D439" t="s">
         <v>1221</v>
       </c>
       <c r="E439" t="s">
         <v>1222</v>
       </c>
       <c r="G439" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="H439" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>1306</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D440" t="s">
         <v>1221</v>
       </c>
       <c r="E440" t="s">
         <v>1222</v>
       </c>
       <c r="G440" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="H440" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>1309</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D441" t="s">
         <v>1221</v>
       </c>
       <c r="E441" t="s">
         <v>1222</v>
       </c>
       <c r="G441" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="H441" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>1312</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D442" t="s">
         <v>1221</v>
       </c>
       <c r="E442" t="s">
         <v>1222</v>
       </c>
       <c r="G442" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="H442" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>1315</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="D443" t="s">
         <v>1221</v>
       </c>
       <c r="E443" t="s">
         <v>1222</v>
       </c>
       <c r="G443" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="H443" t="s">
-        <v>1269</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="D444" t="s">
         <v>1221</v>
       </c>
       <c r="E444" t="s">
         <v>1222</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="H444" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="D445" t="s">
         <v>1221</v>
       </c>
       <c r="E445" t="s">
         <v>1222</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="H445" t="s">
-        <v>1321</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>1322</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="D446" t="s">
         <v>1221</v>
       </c>
       <c r="E446" t="s">
         <v>1222</v>
       </c>
       <c r="G446" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="H446" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>1325</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="D447" t="s">
         <v>1221</v>
       </c>
       <c r="E447" t="s">
         <v>1222</v>
       </c>
       <c r="G447" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="H447" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>1328</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="D448" t="s">
         <v>1221</v>
       </c>
       <c r="E448" t="s">
         <v>1222</v>
       </c>
       <c r="G448" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="H448" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>1331</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="D449" t="s">
         <v>1221</v>
       </c>
       <c r="E449" t="s">
         <v>1222</v>
       </c>
       <c r="G449" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="H449" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>1334</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D450" t="s">
         <v>1221</v>
       </c>
       <c r="E450" t="s">
         <v>1222</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="H450" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>1337</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="D451" t="s">
         <v>1221</v>
       </c>
       <c r="E451" t="s">
         <v>1222</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="H451" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>1340</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="D452" t="s">
         <v>1221</v>
       </c>
       <c r="E452" t="s">
         <v>1222</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>1341</v>
       </c>
       <c r="H452" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>1343</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="D453" t="s">
         <v>1221</v>
       </c>
       <c r="E453" t="s">
         <v>1222</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>1344</v>
       </c>
       <c r="H453" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>1346</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D454" t="s">
         <v>1221</v>
       </c>
       <c r="E454" t="s">
         <v>1222</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="H454" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>1349</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D455" t="s">
         <v>1221</v>
       </c>
       <c r="E455" t="s">
         <v>1222</v>
       </c>
       <c r="G455" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="H455" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>1352</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="D456" t="s">
         <v>1221</v>
       </c>
       <c r="E456" t="s">
         <v>1222</v>
       </c>
       <c r="G456" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="H456" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>1355</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="D457" t="s">
         <v>1221</v>
       </c>
       <c r="E457" t="s">
         <v>1222</v>
       </c>
       <c r="G457" s="1" t="s">
         <v>1356</v>
       </c>
       <c r="H457" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>1358</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="D458" t="s">
         <v>1221</v>
       </c>
       <c r="E458" t="s">
         <v>1222</v>
       </c>
       <c r="G458" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="H458" t="s">
         <v>1360</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>1361</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="D459" t="s">
         <v>1221</v>
       </c>
       <c r="E459" t="s">
         <v>1222</v>
       </c>
       <c r="G459" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="H459" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>1364</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="D460" t="s">
         <v>1221</v>
       </c>
       <c r="E460" t="s">
         <v>1222</v>
       </c>
       <c r="G460" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="H460" t="s">
         <v>1366</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>1367</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D461" t="s">
         <v>1221</v>
       </c>
       <c r="E461" t="s">
         <v>1222</v>
       </c>
       <c r="G461" s="1" t="s">
         <v>1368</v>
       </c>
       <c r="H461" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>1370</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="D462" t="s">
         <v>1221</v>
       </c>
       <c r="E462" t="s">
         <v>1222</v>
       </c>
       <c r="G462" s="1" t="s">
         <v>1371</v>
       </c>
       <c r="H462" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>1373</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="D463" t="s">
         <v>1221</v>
       </c>
       <c r="E463" t="s">
         <v>1222</v>
       </c>
       <c r="G463" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="H463" t="s">
         <v>1375</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>1376</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D464" t="s">
         <v>1221</v>
       </c>
       <c r="E464" t="s">
         <v>1222</v>
       </c>
       <c r="G464" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="H464" t="s">
         <v>1378</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>1379</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="D465" t="s">
         <v>1221</v>
       </c>
       <c r="E465" t="s">
         <v>1222</v>
       </c>
       <c r="G465" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="H465" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>1382</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D466" t="s">
         <v>1221</v>
       </c>
       <c r="E466" t="s">
         <v>1222</v>
       </c>
       <c r="G466" s="1" t="s">
         <v>1383</v>
       </c>
       <c r="H466" t="s">
         <v>1384</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>1385</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="D467" t="s">
         <v>1221</v>
       </c>
       <c r="E467" t="s">
         <v>1222</v>
       </c>
       <c r="G467" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="H467" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>1388</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="D468" t="s">
         <v>1221</v>
       </c>
       <c r="E468" t="s">
         <v>1222</v>
       </c>
       <c r="G468" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="H468" t="s">
         <v>1390</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>1391</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>28</v>
+        <v>419</v>
       </c>
       <c r="D469" t="s">
         <v>1221</v>
       </c>
       <c r="E469" t="s">
         <v>1222</v>
       </c>
       <c r="G469" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="H469" t="s">
         <v>1393</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>1394</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D470" t="s">
         <v>1221</v>
       </c>
       <c r="E470" t="s">
         <v>1222</v>
       </c>
       <c r="G470" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="H470" t="s">
         <v>1396</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>1397</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D471" t="s">
         <v>1221</v>
       </c>
       <c r="E471" t="s">
         <v>1222</v>
       </c>
       <c r="G471" s="1" t="s">
         <v>1398</v>
       </c>
       <c r="H471" t="s">
         <v>1399</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>1400</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D472" t="s">
         <v>1221</v>
       </c>
       <c r="E472" t="s">
         <v>1222</v>
       </c>
       <c r="G472" s="1" t="s">
         <v>1401</v>
       </c>
       <c r="H472" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>1403</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>422</v>
+        <v>36</v>
       </c>
       <c r="D473" t="s">
         <v>1221</v>
       </c>
       <c r="E473" t="s">
         <v>1222</v>
       </c>
       <c r="G473" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="H473" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>1406</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D474" t="s">
         <v>1221</v>
       </c>
       <c r="E474" t="s">
         <v>1222</v>
       </c>
       <c r="G474" s="1" t="s">
         <v>1407</v>
       </c>
       <c r="H474" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>1409</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>38</v>
+        <v>425</v>
       </c>
       <c r="D475" t="s">
         <v>1221</v>
       </c>
       <c r="E475" t="s">
         <v>1222</v>
       </c>
       <c r="G475" s="1" t="s">
         <v>1410</v>
       </c>
       <c r="H475" t="s">
-        <v>1269</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>428</v>
+        <v>38</v>
       </c>
       <c r="D476" t="s">
         <v>1221</v>
       </c>
       <c r="E476" t="s">
         <v>1222</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="H476" t="s">
-        <v>1413</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>1414</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D477" t="s">
         <v>1221</v>
       </c>
       <c r="E477" t="s">
         <v>1222</v>
       </c>
       <c r="G477" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="H477" t="s">
         <v>1416</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>1417</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D478" t="s">
         <v>1221</v>
       </c>
       <c r="E478" t="s">
         <v>1222</v>
       </c>
       <c r="G478" s="1" t="s">
         <v>1418</v>
       </c>
       <c r="H478" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>1420</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D479" t="s">
         <v>1221</v>
       </c>
       <c r="E479" t="s">
         <v>1222</v>
       </c>
       <c r="G479" s="1" t="s">
         <v>1421</v>
       </c>
       <c r="H479" t="s">
         <v>1422</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>1423</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D480" t="s">
         <v>1221</v>
       </c>
       <c r="E480" t="s">
         <v>1222</v>
       </c>
       <c r="G480" s="1" t="s">
         <v>1424</v>
       </c>
       <c r="H480" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>1426</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D481" t="s">
         <v>1221</v>
       </c>
       <c r="E481" t="s">
         <v>1222</v>
       </c>
       <c r="G481" s="1" t="s">
         <v>1427</v>
       </c>
       <c r="H481" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>1429</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D482" t="s">
         <v>1221</v>
       </c>
       <c r="E482" t="s">
         <v>1222</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>13</v>
+        <v>1430</v>
       </c>
       <c r="H482" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D483" t="s">
         <v>1221</v>
       </c>
       <c r="E483" t="s">
         <v>1222</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1432</v>
+        <v>13</v>
       </c>
       <c r="H483" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>1434</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="D484" t="s">
         <v>1221</v>
       </c>
       <c r="E484" t="s">
         <v>1222</v>
       </c>
       <c r="G484" s="1" t="s">
         <v>1435</v>
       </c>
       <c r="H484" t="s">
         <v>1436</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>1437</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D485" t="s">
         <v>1221</v>
       </c>
       <c r="E485" t="s">
         <v>1222</v>
       </c>
       <c r="G485" s="1" t="s">
         <v>1438</v>
       </c>
       <c r="H485" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>1440</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D486" t="s">
         <v>1221</v>
       </c>
       <c r="E486" t="s">
         <v>1222</v>
       </c>
       <c r="G486" s="1" t="s">
         <v>1441</v>
       </c>
       <c r="H486" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>1443</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="D487" t="s">
         <v>1221</v>
       </c>
       <c r="E487" t="s">
         <v>1222</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="H487" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>1446</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="D488" t="s">
         <v>1221</v>
       </c>
       <c r="E488" t="s">
         <v>1222</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="H488" t="s">
         <v>1448</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>1449</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D489" t="s">
         <v>1221</v>
       </c>
       <c r="E489" t="s">
         <v>1222</v>
       </c>
       <c r="G489" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="H489" t="s">
         <v>1451</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>464</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>467</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>470</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>473</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>476</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1466</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -17556,50 +17717,55 @@
     <hyperlink ref="G465" r:id="rId464"/>
     <hyperlink ref="G466" r:id="rId465"/>
     <hyperlink ref="G467" r:id="rId466"/>
     <hyperlink ref="G468" r:id="rId467"/>
     <hyperlink ref="G469" r:id="rId468"/>
     <hyperlink ref="G470" r:id="rId469"/>
     <hyperlink ref="G471" r:id="rId470"/>
     <hyperlink ref="G472" r:id="rId471"/>
     <hyperlink ref="G473" r:id="rId472"/>
     <hyperlink ref="G474" r:id="rId473"/>
     <hyperlink ref="G475" r:id="rId474"/>
     <hyperlink ref="G476" r:id="rId475"/>
     <hyperlink ref="G477" r:id="rId476"/>
     <hyperlink ref="G478" r:id="rId477"/>
     <hyperlink ref="G479" r:id="rId478"/>
     <hyperlink ref="G480" r:id="rId479"/>
     <hyperlink ref="G481" r:id="rId480"/>
     <hyperlink ref="G482" r:id="rId481"/>
     <hyperlink ref="G483" r:id="rId482"/>
     <hyperlink ref="G484" r:id="rId483"/>
     <hyperlink ref="G485" r:id="rId484"/>
     <hyperlink ref="G486" r:id="rId485"/>
     <hyperlink ref="G487" r:id="rId486"/>
     <hyperlink ref="G488" r:id="rId487"/>
     <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>