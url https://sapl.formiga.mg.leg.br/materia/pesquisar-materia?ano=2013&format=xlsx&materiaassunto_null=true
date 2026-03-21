--- v0 (2025-11-26)
+++ v1 (2026-03-21)
@@ -10,92 +10,92 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2906" uniqueCount="1245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3501" uniqueCount="1500">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/</t>
+    <t>http://sapl.formiga.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Altera redação de dispositivos da Resolução nº 299/2007, contém o Regimento Interno da Câmara Municipal de Formiga e dá outras providências.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Aprova as contas do Município de Formiga, relativas ao exercício de 2005, e dá outras providências.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Aprova as contas do Município de Formiga, relativas ao exercício de 2006, e dá outras providências.</t>
   </si>
   <si>
     <t>964</t>
   </si>
@@ -4758,302 +4758,1067 @@
   <si>
     <t>379</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, Josino Bernardes de Castro Neto, encaminha a V. Ex.ª cópias dos pedidos de providência de nº 762 a 772/2013/SCMF, que deram entrada na Reunião Ordinária realizada no dia 02/12/2013, para conhecimento e providências necessárias dentro das possibilidades deste Poder.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, Josino Bernardes de Castro Neto, encaminha a V. Ex.ª cópias dos pedidos de providência de nº 773 a 782/2013/SCMF, que deram entrada na Reunião Ordinária realizada no dia 09/12/2013, para conhecimento e providências necessárias dentro das possibilidades deste Poder.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, Josino Bernardes de Castro Neto, encaminha a V. Ex.ª cópias dos pedidos de providência de nº 783 a 801/2013/SCMF, que deram entrada na Reunião Ordinária realizada no dia 16/12/2013, para conhecimento e providências necessárias dentro das possibilidades deste Poder.</t>
   </si>
   <si>
+    <t>11412</t>
+  </si>
+  <si>
+    <t>PORT</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11412/portaria_n_001_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Carla Teles Costa, para provimento do cargo de Assessora de Secretaria Geral, em horario integral. Art. 2° Esta Portaria entra em vigor na data de sua publicagéo, produzindo seus efeitos a partir de 02 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11413</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11413/portaria_n_002_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para 0 cargo em comissio Marcelo Nogueira, para provimento do cargo de Assessor Administrativo Legislativo, em horério integral. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11414</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11414/portaria_n_003_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Onofre José de Moura, para provimento do cargo de Assistente Judiciario Legislativo, em horario parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 dej aneiro de 2013.</t>
+  </si>
+  <si>
+    <t>11415</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11415/portaria_n_004_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissio Anténio Monteiro Jinior, para provimento do cargo de Assessor Juridico Legislativo, em horario parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11416</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11416/portaria_n_005_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar a servidora Aline de Menezes Apolinirio — Contabilista Legislativo, para assinar em conjunto com o Presidente do Legislativo os cheques, bem como os Boletins Didrios de Caixa e Demonstrativo de Movimentação de Numerarios. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11417</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11417/portaria_n_006_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar os servidores abaixo, para responder pela função de Pregoeiro, nos processos licitatérios da modalidade pregão: - Flavia Tereza da Silva - Marco Aurélio Almeida Art. 2° Designar os servidores abaixo para comporem a equipe de apoio para atuação em todos os processos licitatorios da modalidade preção: - Elisdngela Garcia de Aratjo - Romulo Elias Câmara - Magno Luiz da Silva - Maria Cristina Labella de Carvalho - Virginia Oliveira de Sousa_ Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11418</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11418/portaria_n_007_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear Gilmar Inácio Leal, para provimento do cargo comissionado de Assessor Parlamentar. Parágrafo único. A nomeagio do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Evandro Donizeth da Cunha. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11419</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11419/portaria_n_008_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Mariana Arantes, para provimento do cargo comissionado de Assessor Parlamentar. Pardgrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Josino Bernardes de Castro Neto. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11420</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11420/portaria_n_009_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Ezequiél Con§alves da Fonseca, para provimento do cargo comissionado de Assessor Parlamentar. = Pardgrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Manoel Messias Silva. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11421</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11421/portaria_n_010_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Constituição, Justiça e Redação. Art. 2° A comissão será composta pelos vereadores: Mauro César Alves de Sousa - Presidente José Aparecido Monteiro - Relator Juarez Eufrásio de Carvalho - Membro Suplentes: Manoel Messias Silva - Presidente Luciano Luis Duque - Relator Arnaldo Gontijo de Freitas - Membro Art. 3º A comissão terá como objetivo manifestar sobre: os aspectos jurídico, constitucional e legal das proposições representação que vise à perda de mandato, o pedido de licença de Prefeito e Vereadores e proposições de discussão única é terminativo o parecer da referida comissão embasado na Consultoria Jurídica sobre a admissibilidade das proposições. Art. 4º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013. [...]"""</t>
+  </si>
+  <si>
+    <t>11422</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11422/portaria_n_011_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a comissão Permanente de Finangas, Orçamento e Tomada de Contas. Art. 2° A comissão sera composta pelos vereadores: José Geraldo da Cunha - Presidente Manoel Messias Silva - Relator Luciano Luis Duque - Membro Suplentes: Evandro Donizeth da Cunha - Presidente Mauro César Alves de Sousa - Relator Juarez Eufrasio de Carvalho - Membro Art. 3° A comissão tera como objetivo manifestar sobre: o plano plurianual, lei de diretrizes Orgamentérias Anual, crédito adicional e contas públicas, destacadamente as apresentadas anualmente pelo Prefeito planos de desenvolvimento e programas de obras do Municipio e fiscalizagio dos recursos municipais neles investidos matéria tributaria repercussdo financeira das proposições comprovação de existéncia de receitas matérias de que tratam os incisos XII e XIV do art. [...]"""</t>
+  </si>
+  <si>
+    <t>11423</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11423/portaria_n_012_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a comissão Permanente de Servigos Publicos Municipais. Art. 2° A comissão serd composta pelos vereadores: Evandro Donizeth da Cunha - Presidente Rosimeire Ribeiro de Mendonga - Relatora Arnaldo Gontijo de Freitas - Membro Suplentes: José Aparecido Monteiro - Presidente Luciano Luis Duque - Relator José Geraldo da Cunha - Membro Art. 3° A comissão terd que manifestar sobre: politica e sistemas educacionais, inclusive Creches e Recursos Humanos, materiais e financeiros para a Educagio politica de saude e processo de planificação em saude, sistema tnico de saude higiene, educação e assisténcia sanitéria contratação de instituições privadas de saude planos plurianuais e programas de saneamento basico limpeza urbana, tratamento e destinação final do lixo politica do Meio Ambiente, Direito Ambiental e Legislação de defesa ecológ [...]"""</t>
+  </si>
+  <si>
+    <t>11424</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11424/portaria_n_013_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, $ 1° do Regimento Interno, uma comissão Especial de Meio Ambiente. Art. 2° A comissão sera composta pelos vereadores: Mauro César Alves de Sousa - Presidente José Aparecido Monteiro - Relator Arnaldo Gontijo de Freitas - Membro Suplentes: Evandro Donizeth da Cunha - Presidente Rosimeire Ribeiro de Mendonga - Relatora Juarez Eufrasio de Carvalho - Membro Art. 3° A comissão terá como objetivo as matérias relacioan paolditaicsa e o direito ambientais, a preservação da biodiversidade, a proteção, a recuperação e a conservação dos ecossistemas, o controle da poluição e da degradação ambientais, a proteção da flora, da fauna e da paisagem,a educação ambiental, a politica de recursos atmosféricos, hidricos, energéticos, minerarios, de solos e bidticos. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013. [...]</t>
+  </si>
+  <si>
+    <t>11425</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11425/portaria_n_014_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, $ 1° do Regimento Interno, uma Comissão Especial para compor o Orgéio de Defesa dos Direitos Humanos, prevista no art. 5° da Lei nº 3.904, de 27 de setembro de 2006. Art. 2° A comissão sera composta pelos vereadores: Manoel Messias Silva - Presidente Luciano Luis Duque - Relator Rosimeire Ribeiro de Mendonga - Membro Suplentes: Mauro César Alves de Sousa - Presidente José Aparecido Monteiro - Relator Juarez Eufrasio de Carvalho - Membro Art. 3° A comissão terd como objetivo a defesa dos direitos e deveres sociais, politico, econdmicos, culturais, étnicos, religiosos e humanos dos cidaddos, podendo ser assessorada pela Assessoria Juridica é pela Assistente Social da Câmara Municipal de Formiga. Art. 4° Esta Portaria entra em vigor na data de sua publicação. efeitos a partir de 02 de janeiro de 2013. PUBLICADO(A) POR AFIXAÇÃO EM QUADRO DE AVISO OCALIZADO NO HALL DA</t>
+  </si>
+  <si>
+    <t>11426</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11426/portaria_n_015_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear em conformidade com o art. 91, $ 1° do Regimento Interno, uma comissão Especial de Saude. Art. 2° A comissão serd composta pelos vereadores: José Aparecido Monteiro - Presidente Manoel Messias Silva - Relator Evandro Donizeth da Cunha - Membro Suplentes: Mauro César Alves de Sousa - Presidente Arnaldo Gontijo de Freitas - Relator Luciano Luis Duque - Membro Art. 3° A comissão terá como objetivo as matérias relacionadas a saude, a assisténcia médica, hospitalar, sanitaria, a prevenção das deficiéncias fisica, sensorial, mental e o saneamento basico. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013. PUBLICADO(A) POR AFIXAÇÃO EM QUADRO DE AVISO. LOCALIZ NO HALL DA"""</t>
+  </si>
+  <si>
+    <t>11674</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11674/portaria_n_016_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, § 1° do Regimento Interno, uma comissão Especial de Seguranga Publica. Art. 2° A comissão sera composta pelos vereadores: José Geraldo da Cunha - Presidente Mauro César Alves de Sousa- Relator Manoel Messias Silva - Membro Suplentes: Rosimeire Ribeiro de Mendonga - Presidente José Aparecido Monteiro - Relator Juarez Eufrasio de Carvalho - Membro Art. 3° A comissão terd como objetivo as matérias relacionadas a politica de seguranga pública, de combate ao crime organizado, carceraria, de recuperagio e de reintegração social de egressos do sistema prisional e defesa civil. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013. PUBLICADO(A) POR AFIXAGAO EM QUADRO DE AVISO. LOCALIZA 4 o1</t>
+  </si>
+  <si>
+    <t>11427</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11427/portaria_n_017_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, $ 1° do Regimento Interno, uma comissão Especial de Participação Popular. Art. 2° A comissão sera composta pelos vereadores: Luciano Luis Duque - Presidente Evandro Donizeth da Cunha - Relator Arnaldo Gontijo de Freitas - Membro Suplentes: Mauro César Alves de Sousa - Presidente Manoel Messias Silva - Relator José Aparecido Monteiro - Membro Art. 3° A comissão terá como objetivo receber, analisar o material e a forma de proposição sugerida por entidade associativa da sociedade civil, com exceção de partido politico com representação na Câmara Municipal. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de janeiro de 2013. PUBLICADO(A) POR AFIXAÇÃO EM QUADRO</t>
+  </si>
+  <si>
+    <t>11428</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11428/portaria_n_018_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Emerson Miguel Marcelino, para provimento do cargo comissionado de Assessor Parlamentar. Parágrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Luciano Luis Duque. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 dej aneiro de 2013.</t>
+  </si>
+  <si>
+    <t>11429</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11429/portaria_n_019_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Ana Cristina de Morais, para provimento do cargo de Assistente Judicidrio Legislativo, em horario parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 04 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11430</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11430/portaria_n_020_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear Janaina Arantes de Faria, para provimento do cargo comissionado de Assessor Parlamentar. Parágrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador José Aparecido Monteiro. Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 04 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11431</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11431/portaria_n_021_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear Paôla Fernandes Cunha, para provimento do cargo comissionado de Assessor Parlamentar. Parágrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Mauro César Alves de Sousa. Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 07 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11432</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11432/portaria_n_022_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Erica Fitima de Oliveira, para provimento do cargo de Assessora de Comunicação Legislativo, em horario integral. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 07 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11433</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11433/portaria_n_023_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Nilse Pereira Arantes, para provimento do cargo comissionado de Assessor Parlamentar. Parigrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Juarez Eufrasio de Carvalho. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 10 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11434</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11434/portaria_n_024_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Millena Ribeiro da Silva, para provimento do cargo comissionado de Assessor Parlamentar. Parigrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Arnaldo Gontijo de Freitas. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 10 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11435</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11435/portaria_n_025_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar que o expediente da Câmara Municipal no dias 16/01 (quarta-feira), 17/01 (quinta-feira) ç 18/01/2013 (sexta-feira), será das 07h30 as 12h. Art. 2° A redução do expediente prevista no caput sera devida a obras internas que estão sendo realizadas nas dependéncias da Câmara. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11436</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11436/portaria_n_026_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Determinar que:o expediente da Câmara Municipal no dia 24/01 (quinta-feira), serd das 07h30 as 12h e no dia 25/01 (sexta-feira) não havera expediente. Art. 2° O expediente previsto no caput sera devida a obras internas que estão sendo realizadas nas dependéncias da Câmara. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11437</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11437/portaria_n_027_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Antecipar a Reunido Ordindria do dia 11 de fevereiro de 2013, segunda-feira de Carnaval, para o dia 07 de fevereiro de 2013 quinta-feira, as 14h no plenario da Câmara Municipal de Formiga. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11438</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11438/portaria_n_028_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear uma Comissiode Avaliaçâo'de Desempénho — CAD, para aplicar o Sistema de Avaliação. Especial de Desempenho dos -Servidores em Estágio Probatério — SAEDSES e aferir a aptldão ea capacldaddee todos os servidores da Câmara $1º A CAD/preºviSta' no""""'capu! “terá prazo de 15 (quinze) dias para concluir o procedimento relativo à avaliação de desempenho de cada servidor em estágio probatório. $2º O prazo previsto no $1º poderá ser prorrogado por igual período, sempre que necessário, por ato do Presidente. Art. 2° A comissão será composta pelos seguintes membros: José Geraldo da Cunha— Cabo Cunha— Presxdeme José Aparecido Monteiro— Relator Maria Cristina Labella de Carvalho— M embro Suplentes: — Mauro César Alves de Sousa — Presidente Luciano Luis Duque — Relator Flavia Tereza da Silva — Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 1° de janeiro de 2013"""</t>
+  </si>
+  <si>
+    <t>11439</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11439/portaria_n_029_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar pouto facultatxvo o dxa 11 de feverelro de 2013, segundafeira, véspera do feriado dé Carnaval.. Art. 2º No dia 13 de fevereiro de 2013, quarta-feira, não haverá expediente na Câmara Municipal. h Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11440</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11440/portaria_n_030_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em” conformxdade com 0 art. 91, do Regimento Interno desta Casa Leglslatlva, uma Comissão. Especlªl com a finalidade de analisar e estudar o Projeto de Emenda &amp; Lei Orgdnica nº1/2013, que acrescenta e altera dispositivos da Lei Organica do Municipio de Formiga e dé outras providéncias. Art. 2° A comissão serd ddmposta pelos vereadores: Manoel Messias da Silva - Presidente Mauro César Alves de Sousa - Relator Evandro Donizeth da Cunha - Membro Suplentes: Rosimeire Ribeirod e Mendonga - Presidente Luciano Luis Duque - Relator José Apa:emdo Montelm Membro Art. 3° Esta Portaria entra em vigor na data de sua pubhcaçâo</t>
+  </si>
+  <si>
+    <t>11441</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11441/portaria_n_031_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Instituir a Comissão Especial de Registro de preços e nomear os seguintes servidores: Marcelo Nogueira - Presidente Carlos Renato Brito Angeli - Relator Ederson dos Reis Morais - Membro Suplentes: Aline de Menezes Apolinario - Presidente Elisdngela Garcia de Araújo - Relatora Magno Luiz Silva - Membro Art. 2° A comissão tem como atribuição gerenciar e acompanhar as Atas de Registro de preços, referentes ao exercicio de 2013. Parágrafo Unico. Trimestralmente, a comissão devera providenciar a publicação dos preços registrados para orientação da administração, na imprensa oficial ou site oficial da Administração, realizando, previamente, pesquisa de mercado comprovando que os preços registrados estdo compativeis com os preços de mercado. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11442</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11442/portaria_n_032_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar a pedido o servidor Romulo Elias Cimara do cargo efetivo de Agente Legislativo. S Jate 2l Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 28 de fevereiro de 2013..</t>
+  </si>
+  <si>
+    <t>11443</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11443/portaria_n_033_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Institui a comissão Permanente de Licitação da Câmara Municipal de Formiga, atendendo ao disposto na Lei Federal nº 8:666/93 e suas alterações. Art. 2° Nomear para compor a Comíséâo*Pennanente de Licitação os seguintes servidores: Maria Cristina Labella de Carvalho — Presidente Flavia Gongalves Pinto — Relatora Virginia Oliveira de Sousa — Membro Suplentes: 1° Suplente — Elisangela Garcia de Araújo 2° Suplente — Aline de Menezes Apolinario 3° Suplente — Magno Luiz Silva Parágrafo único. Esta Comissão ficará sob a presidência do primeiro nomeado e terá vigência até 30 de novembro de 2013. Art. 3° Revoga-se a Portaria nº 86 de 28 de novembro de 2012. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 01 de março de 2013.</t>
+  </si>
+  <si>
+    <t>11444</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11444/portaria_n_034_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Ederson dos Reis Morais para provimento do cargo efetivo de Agente Legislativo, em horério integral. Á Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 01 de março de 2013.,</t>
+  </si>
+  <si>
+    <t>11445</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11445/portaria_n_035_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar os “servidores efetivos abaixo para cumprimento do artigo nº 32, da Resolução 331 de 28 de agosto de 2012, sem ônus para o erdrio. I - Magno Luiz Silva (servidor efetivo) 11 - Virginia Oliveira de Sousa — suplente (servidor efetivo) §1° A autoridade de monitoramento nomeada exercera as seguintes atribuições: I - assegurar o cumprimento das normas relativas ao acesso a informação, de forma eficiente e adequada aos objetivos da Lei no 12:527/2011 II - avaliar e monitorar a implementação do disposto nesta Resolução e apresentar ao Presidente da Cdmara Municipal relatério anual sobre o seu cumprimento, encaminhando-o a Controladoria do Poder Legislativo Municipal IM - ‘recomendar medidas' para aperfeicoar as normas-e procedimentos necessarios à implementação-desta Resolução IV - orientar as unidades no que se refere ao cumprimento da Resolução 331/2012 e V - manifestar-se sobre reclamação apresentada [...]"""</t>
+  </si>
+  <si>
+    <t>11446</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11446/portaria_n_036_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Exonera: Ana Crlstlna de Mnrms do caxgo em comissão de Assistente Judiciário Legislativo. Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 18 de março de 2013.</t>
+  </si>
+  <si>
+    <t>11447</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11447/portaria_n_037_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder a servidora, MARIANA FÁTIMA SOUZA, Auditora Legislativo, 60 (sessenta) dias de férias prêmio, no período de 11 (um) de março a 09 (nove) de maio de 2013. Art. 2° Esta Portaria entrará em vigor na data de sua publicação, retroagindo seus efeitos a partir de 11 de março de 2013.</t>
+  </si>
+  <si>
+    <t>11448</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11448/portaria_n_038_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar o servidor Carlos Renato Brito Angeli, ocupante do cargo efetivo Auxiliar de Auditor Legislativo, com 6nus adicional para o erério, para responder, cumulativamente com suas atribuições e exercer as atribuições do cargo de Auditor do Legislativo, previstas no art. 15 da Resolução nº 283/2005. Parigrafo unico. O servidor terá direito a receber a diferenca salarial do cargo cujas atribuições serdo de sua responsabilidade, em consonéncia com a Súmula nº 378 do STI: “SUMULA nº 378 — STJ. Praga Ferreira Pires, nº 04— Centro— Formiga / MG— Cep:35.570-000— P€L.: (37) 3329-2600 Site: www.camaraformiga.mg.gov.brc — me-mfailg: aãca afopiga.mg.gov.br CÂMARA MUNICIPAL DE FORMIGA / MG Cidade das Areias Brancas CNPJ. 20.914.305/0001-16 Reconhecido o desvio de função, o servidor faz jus as diferengas salariais decorrentes. Rel. Min. Arnaldo Esteves Lima, em 22/4/2009.” """"ADMINISTRATIVO. SERVIDOR PUBLICO. [...]"""</t>
+  </si>
+  <si>
+    <t>11449</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11449/portaria_n_039_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Detenmnar ponto facultativo o dia 28 de março de 2013, quinta-feira, véspera do feriado 29 de março, sexta-feira da pmxão, nas dependências da Câmara Municipal de Formiga. Art. 2º Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11450</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11450/portaria_n_040_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1°. A Requisiçdo de Informações que dispde a Lei Federal nº 12.527/11, Resolução Municipal nº 331/2012 ç a Requisição de Informações de que dispde o Regimento Interno da Câmara Municipal de Formiga/MG, observara o disposto nesta Portaria. Art. 2° A Requisição de Informai</t>
+  </si>
+  <si>
+    <t>11451</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11451/portaria_n_041_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o §2°, art. 115, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer dentro do prazo improrrogavel de 05 (cinco) dias, sobre o Projeto de Lei nº 17/2013, que dispde sobre a proibição de nepotismo no. ambito da Administração - Publica Municipal dos Poderes Executivo e Legislativo, e dd outras providéncias. Art. 2° A comissão serd composta pelos vereadores: José Aparecido Monteiro — Presidente Evandro Donizeth da Cunha — Relator Rosimeire Ribeiro de Mendonga — Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação. [FUBLICABO(A] POR AFIXAÇÃO EM GUADRU</t>
+  </si>
+  <si>
+    <t>11452</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11452/portaria_n_042_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Simone Cotrim Lobardi da Costa, para provimento do cargo de Assistente Judiciario Legislativo, em horario parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 01 de abril de 2013.</t>
+  </si>
+  <si>
+    <t>11453</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11453/portaria_n_043_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear uma comissão especial com finalidade especifica para fazer o levantamento dos materiais permanentes que não. são utilizados nos setores da Câmara Municipal, realizando a transferéncia dos mesmos para o Poder Executivo. §1° A comissão tera o prazo de 30 (trinta) dias, para emitir o relatério dos materiais previstos no caput. §2° O prazo previsto no §1° podera ser prorrogado por igual periodo, por ato do Presidente. Art. 2° A comissão será composta pelos seguintes servidores: Ederson dos Reis Morais - Presidente Simone Rodrigues da Silva Pedrosa - Relatora Orton Marcos Alves do Couto - Membro Suplentes: Maria Aparecida de Oliveira José Carlos Campos Marcelo Nogueira Art. 3° Esta Portaria entra em vigor na data de sua publicação. PUBLICADO(A) POR AFIXACAQ EM QUADRO</t>
+  </si>
+  <si>
+    <t>11454</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11454/portaria_n_044_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar o servidor abaixo, para responder pela função de Pregoeiro, nos processos licitatérios da modalidade pregão: - Marco Aurélió Almeida Art. 2º Designar os servidores abaixo para comporem a equipe de apoio para atuação em todos os processos licitatórios da modalidade pregão: - Elisângela Garcia de Araújo - Ederson dos Reis Morais - Magno Luiz da Silva - Maria Cristina Labella de Carvalho - Virginia Oliveira de Sousa Art. 4° Revoga-se a Portaria nº 6, de 3 de janeiro de 2013. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 15 de abril de 2013.</t>
+  </si>
+  <si>
+    <t>11675</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11675/portaria_n_045_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Patricia Arantes Silva, para provimento do cargo comissionado de Assessor Parlamentar. Parigrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação da vereadora Rosimeire Ribeiro de Mendonga. Art. 2° Esta Portaria entra em vigor na data de sua publicago, produzindo seus efeitos a partir de 16 de abril de 2013.</t>
+  </si>
+  <si>
+    <t>11455</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11455/portaria_n_046_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar que o Servigo de Assisténcia Judicidria da Câmara Municipal apresente mensalmente o relatério dos serwg:os prestados na área civil e criminal até o dia 05 (cinco) de cada mês. Pardgrafo umco. O_rélatório pre\}isto no caput devera constar: - Nome da pessoa assistida - Enderego - Tipo da ação. Art. 3° Esta Portaria entra em vigor na data de sua publicação."""</t>
+  </si>
+  <si>
+    <t>11456</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11456/portaria_n_047_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Exonerar Jordana Heloisa Silva do cargo em comissão de Assessor Parlamentar. Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 30 de abril de 2013.</t>
+  </si>
+  <si>
+    <t>11457</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11457/portaria_n_048_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em' conformidade com o art. 91, do Regimento Interno dessa Casa Legislativa, uma comissão Especial com a finalidade de analisar e estudar o Veto Total ao Projeto de Lei nº 017/2013 — Dispõe, sobre a proibição de nepotismo no âmbito da Administração Pública Municipal dos! Poderes Executivo e Legislativo, e dá outras providéncias. Art. 2° A comissão sera composta pelos vereadores: José Aparecido Monteiro — Presidente Evandro Donizeth da Cunha — Relator Rosimeire Ribeiro de Mendonga — Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11458</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11458/portaria_n_049_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Autorizar.a compensação de atraso ou saida antecipada dos servidores, mediante apresentação de requisição para autorização de langamento de Banco de Horas, até a edição de nova Regulamentação. Parigrafo único. A requisiçdo prevista no caput deverd ser autorizada previamente pela Chefia Imediata. Art. 3° Esta Portaria entra em vigor na data de sua publicação, retroagindo seus efeitos a partir de 01 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11459</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11459/portaria_n_050_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, do Regimento Interno desta Casa Legislativa, uma Comissão Especial com a finalidade de analisar e estudar o Projeto de Emenda a Lei Organica nº 002/2013, que altera a redação do artigo 81 da Lei Organica do Municipio, que dispde acerca da publicação das leis, resoluções, portarias, editais, contratos e demais atos e noticias dos Poderes do municipio. Art. 2° A comissão sera composta pelos vereadores: Arnaldo Gontijo de Freitas - Arnaldo Gontijo - Presidente José Geraldo da Cunha - Cabo Cunha - Relator Manoel Messias Silva - Pastor Manoel - Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11460</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11460/portaria_n_051_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder horário especial às servidoras do Poder Legislativo que se encontrarem em período de aleitamento materno, sendo reduzida sua jornada diária de trabalho em 30 minutos, sem prejuízo da carga horária semanal. §1° O benefício previsto no caput poderá ser concedido até o segundo ano de vida da criança. §2° A servidora deverá apresentar requerimento ao Presidente solicitando o benefício, acompanhado da certidão de hascimento da criança. Art. 2° Fica a servidora obrigada a comunicar a Presidência o término do período de aleitamento materno. Art. 3º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos até que ocorra sua revogação.</t>
+  </si>
+  <si>
+    <t>11461</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11461/portaria_n_052_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar ponto facultativo as seguintes datas: I1-31de maiode\ZOB, após o feriado de Corpus Christi 11 — 07 de junho de 2013, após o aniversério do municipio de Formiga. Art. 2° Esta Portaria entra em vigor na data de sua publicação."""</t>
+  </si>
+  <si>
+    <t>11462</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11462/portaria_n_053_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Antdnio Monteiro Júnior do cargo em comissio de Assessor Juridico Legislativo. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir do dia 05 de junho de 2013.</t>
+  </si>
+  <si>
+    <t>11463</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11463/portaria_n_054_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Exonerar Onofre José de Moura do cargo em comissão de Assistente Judiciário Legislativo. Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir do dia 05 de junho de 2013.</t>
+  </si>
+  <si>
+    <t>11464</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11464/portaria_n_055_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear para o cargo em comissão Onofre José de Moura, para provimento do cargo de Assessor Juridico Legislativo. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir do dia 05 de junho de 2013.</t>
+  </si>
+  <si>
+    <t>11465</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11465/portaria_n_056_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Revogar as Portarias n% 54 ç 55, de 05 de junho de 2013. Art. 2° Esta Portaria entrará em vigor na data de sua publicago.</t>
+  </si>
+  <si>
+    <t>11466</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11466/portaria_n_057_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Exonerar Onofre José de Moura do cargo em comissão de Assistente Judiciário Legislativo. Art. 2º Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11467</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11467/portaria_n_058_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Simone Cotrim Lobardi da Costa do cargo em comissio de Assistente Judiciario Legislativo. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11468</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11468/portaria_n_059_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o.cargo em comissão Onofre José de Moura, para provimento do cargo de Assessor Juridico Legislativo. Art. 2° Esta Portaria entra em vigor na data de sua publicagio.</t>
+  </si>
+  <si>
+    <t>11469</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11469/portaria_n_060_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Pedro Gustavo Pires Faleiro, para provimento do cargo de Assistente Judicidrio Legislativo, em horério parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11470</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11470/portaria_n_061_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Aécio Carlos Coutinho Pereira, para provimento do cargo de Assistente Judicidrio Legislativo em horério parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação."""</t>
+  </si>
+  <si>
+    <t>11471</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11471/portaria_n_062_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conceder a servidora, VIRGINIA OLIVEIRA DE SOUSA, Assistente Legislativo, 30 (trinta) dias de férias prémio, no periodo de 13 (treze) de junho a 12 (doze) de julho de 2013. Art. 2° Esta Portaria entrará em vigor na data de sua publicação, produzindo seus efeitos a partir de 13 de junho de 2013.</t>
+  </si>
+  <si>
+    <t>11472</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11472/portaria_n_063_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Fica declarado ponto facultativo na Câmara Municipal de Formiga, no dia 19 de junho de 2013, quarta-feira, a partir das 15h, devido ao jogo da seleção brasileira da Copa das Confederações. Art. 2° Esta portaria entrard em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11473</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11473/portaria_n_064_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Fica declarado ponto facfiltativo na Câmara Municipal de Formiga, no dia 26 de junho de 2013, quarta-feira, a partir das 15h, devido ao jogo da seleção brasileira da Copa das Confederações. Art. 2° Esta portaria entrará em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11474</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11474/portaria_n_065_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Designar os vereadores Rosimeire Ribeiro de Mendonça — Meirinha como Primeira Secretária e José Aparecido Monteiro — Zezinho Gaiola como Segundo Secretário da Mesa Diretora da Câmara Municipal de Formiga. Parágrafo único. A designação prevista no caput será por tempo indeterminado, podendo ser revogáda se houver inscrição e eleição para preenchimento dos cargos mencionados. Art. 2º Esta portaria entrará em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11475</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11475/portaria_n_066_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Designar a servidora Flavia Bernardo Barboza — Auxiliar de Contabilista, para assinar em conjunto com o' Presidente do Legislativo os cheques, bem como os Boletins Diários de Caixare Demonstrativo de Movimentação de Numerérios. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir do dia 08 de julho de 2013. Art. 3° Fica revogada a Portaria nº 5, de 02 de janeiro de 2013.</t>
+  </si>
+  <si>
+    <t>11476</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11476/portaria_n_067_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, §1° do Regimento Interno, uma Comissão Especial sobre a construção da nova sede da Câmara Municipal de Formiga. Art. 2° A comissão sera composta pelos vereadores: Juarez Eufrasio de Carvalho - Presidente Manoel Messias Silva - Relator Luciano Luis Duque - Membro Suplentes: José Aparecido Monteiro - Presidente Evandro Donizeth da Cunha - Relator Rosimeire Ribeiro de Mendonga - Membro Art. 3° A comissão terá como atribuição o acompanhamento de todas as etapas da construção da nova sede da Câmara Municipal, com 0 objetivo de analisar e verificar todo 0 processo, no ano de 2013. Art. 4° Esta Portaria entra em vigor na data de sua publicação. PUBLICADO(A) POR AFIXA UADHG | DE AVISD. LOCALIZADO ç</t>
+  </si>
+  <si>
+    <t>11477</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11477/portaria_n_068_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Paola Férnandes Cunha do cargo em comissão de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 15 de maio de 2013,</t>
+  </si>
+  <si>
+    <t>11478</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11478/portaria_n_069_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Kittia Cristina Borges Alves, para provimento do cargo comissionado de Assessor Parlamentar.. Parigrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Mauro César Alves de Sousa. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 16 de julho de 2013.</t>
+  </si>
+  <si>
+    <t>11479</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11479/portaria_n_070_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Adotar o Didrio Oficial dos Municipios do Estado de Minas Gerais, instituido e administrado pela Associação Mineira de Municipios (AMM) como meio oficial eletronico de comunicação, publicidade e divulgação dos atos normativos e administrativos da Câmara Municipal de Formiga. §1° As edições do Diario Eletronico atenderdo ao calendario designado pela AMM e serdo veiculadas gratuitamente na rede mundial de computadores (Internet), no enderego www.diariomunicipal.com.br/amm-mg ou aquele que vier a lhe substituir. §2° O horério de encerramento para o cadastramento dos atos a serem publicados se dard no dia util que antecede a publicação até o horério definido na Resolugio AMM nº 01/2009. §3° Os atos cadastrados na forma do §2° serdo disponibilizados para o acesso na Internet a partir de 00h00 (zero hora) do dia da publicação. [...]</t>
+  </si>
+  <si>
+    <t>11480</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11480/portaria_n_071_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conforme requerimento dos vereadores e indicação dos lideres dos partidos, foi criada a comissão Parlamentar de Inquérito conforme requerimento protocolizado no dia 22/7/2013 e deferido pelo Presidente da Câmara no dia 24/7/2013, para investigar as denúncias relativas a suposta usurpação da função publica de Prefeito do Municipio de Formiga, descritas no requerimento 58/2013/SCMF, lido na 25"""" Reunido Ordinaria da Câmara Municipal, no dia 8/7/2013. Art. 2° A Comissão sera composta pelos seguintes vereadores: Arnaldo Gontijo de Freitas - PSL - Presidente Mauro César Alves de Sousa - PMDB - Relator Luciano Luis Duque - PCdoB - Membro Art. 3° EstaCPI funcionara pelo periodo de 120 (cento e vinte) dias, contados a partir da data de publicação desta, podendo ser prorrogada por mais 60 (sessenta) dias. [...]"""</t>
+  </si>
+  <si>
+    <t>11481</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11481/portaria_n_072_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Exonerar'MilÍená """"Ribeiroda Silvado cargo em comissão de Assessor Parlamentar. Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de julho de 2013"""</t>
+  </si>
+  <si>
+    <t>11482</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11482/portaria_n_073_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Matheus Afonso de Faria para provimento do cargo comissionado de Assessor Parlamentar.. 4 Lt Paragrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do Vereador Arnaldo Gontijo de Freitas. Art. 2° Esta Portaria'entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 1° de agosto de 2013.</t>
+  </si>
+  <si>
+    <t>11483</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11483/portaria_n_074_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Patricia Arantes Silva do cargo em comissão de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de julho de 2013.</t>
+  </si>
+  <si>
+    <t>11484</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11484/portaria_n_075_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Aécio Carlos Coutmhu Pereira do cargo em comissão de Assistente Judicidrio Legislativo. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir do dia 31 de julho de 2013.</t>
+  </si>
+  <si>
+    <t>11485</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11485/portaria_n_076_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear paí Ô cargo em comissão Gilson Roberto Rios Ferreira para provimento do cargo de Assistente Judiciario Legislativo, êm horério parcial. Art. 2° Esta /Póftaria em """"d Sãa publicação, produzindo seus efeitos a partir do dia 1º de agosto de 2013."""</t>
+  </si>
+  <si>
+    <t>11486</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11486/portaria_n_077_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com ç art. 91, do Regimento Interno dessa Casa Legislativa, uma comissão Especial com a finalidade de analisar e estudar o Veto Parcial aos Projetos: Projeto de Leinº 037/2013, institui o Programa Primeiros Socorros e dá outras providéncias e o Projeto de Lei Complementar nº 006/2013, autoriza a adequação Jinanceira dos beneficios de-aposentadoria e pensdo dos servidores inativos e pensionistas que menciona e dd outras providéncias. Art. 2° A comissão serd composta pelos'vereadores: José Aparecido Monteiro — Presidente Evandro Donizeth da Cunha — Relator Juarez Eufrasio de Carvalho — Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11487</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11487/portaria_n_078_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Fica declarado ponto facultativo na Câmara Municipal de Formiga, no dia 16 de agosto de 2013, sexta-feira, apos o feriado de Assunção de Nossa Senhora. Art. 2° Esta portaria entrará em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11488</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11488/portaria_n_079_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o §2°, art. 115, do Regimento Interno dessa Casa Legislativa, uma comissão Especial com a finalidade de exarar parecer sobre o Projeto de Lei nº52/2013, que autoriza abertura de crédito especial e dd outras providéncias. Art. 2° A comissão sera composta pelos vereadores: José Aparecido Monteiro — Presidente Evandro Donizeth da Cunha — Relator Juarez Eufrasio de Carvalho — Membro Art. 3° Esta Poitaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11489</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11489/portaria_n_080_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear uma comissão Especial de Avaliagio para Eliminação de Documentos no dmbito do arquivo da Câmara Municipal de Formiga. Art. 2° A comissão serd composta pelos seguintes servidores: Marco Aurélio Almeida - Presidente Elisangela Garcia Araújo - Relatora Simone Rodrigues da Silva Pedrosa - Membro Pardgrafo único: Esta Comissão ficard sob presidência do primeiro nomeado e terd o prazo de 45 (quarenta e cinco) dias, a contar desta data para verificar e analisar os documentos e, posteriormente, proceder a eliminação dos mesmos. Art. 3° Esta Portaria entra em vigor na data de sua publicação. PUBLICAPODR AOFI{XAAÇÃ)O EM GUADRD |</t>
+  </si>
+  <si>
+    <t>11490</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11490/portaria_n_081_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Instituir uma Comissão Especial com finalidade especifica para analisar e avaliar os veiculos da Câmara Municipal de Formiga, para fins de baixa, sendo eles: 1) Marca: VW/GOL 1.0, ano 2006, modelo 2007, cor preta, placa HMN 6078, CHASSI 9BWCA05W07T088201 2) Marca: FORD/FIESTA SEDAN 1.6 FLEX, ano/modelo 2010/2010, cor preta, placa HLF 2582, CHASSI 9BFZF54P3A8020777. Art. 2° A comissão será composta pelos servidores: Carlos Renato Brito Angeli - Presidente Ederson dos Reis Morais - Relator Marcelo Nogueira - Membro Art. 3° A comissão terd o prazo de 30 (trinta) dias, a contar desta data, para emitir seu parecer. Art. 4° Esta Portaria entream vigor na data de sua pubficaddo 1014 POR AFIXACAD EM OUADRD ‘ DE AVISO. LOCALIZADO NO HALL DA o CAMARA MUN Deelie e CONFORMI"""</t>
+  </si>
+  <si>
+    <t>11491</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11491/portaria_n_082_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear _Flávio Augusto Teixeirá, para provimento do cargo comissionado de Assessor Parlamentar. Parágrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação da vereadora Rosimeire Ribeiro de Mendonga. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 16 de setembro de 2013.</t>
+  </si>
+  <si>
+    <t>11492</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11492/portaria_n_083_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conforme requerimento do Presidente da Comissão Parlamentar de Inquérito para investigar as denúncias relativas à suposta usurpação da função publica de Prefeito do Municipio de Formiga, instituida através da Portaria 071/2013, fica prorrogado o prazo de funcionamento desta CPI por mais 60 (sessenta) dias. Parigrafo único, Esta prorrogação se justifica por estarem em andamento os trabalhos da CPI. Art. 2° Esta portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 20 de setembro de 2013.</t>
+  </si>
+  <si>
+    <t>11493</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11493/portaria_n_084_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Fica o horário de funcionamento da Câmara Municipal de Formiga compreendido das 7 as 18 horas. Art. 2° A jornada didria de trabalho. dos servidores efetivos desta Casa Legislativa será de 6 horas diarias e ininterruptas, cumpridas em duas escalas de servigo, em regime de revezamento, das 7 as 13 horas e das 12 às 18 horas. Pardgrafo único. Para fazer a divisdo de horérios entre as servidores, cada departamento ou setor administrativo adotard horéario de acordo com suas atividades operacionais em função da peculiaridade do tipo de servigo prestado de modo a preservar sua produtividade e resolutividade na execução dos servigos. Art. 3° O disposto na presente Portaria será cumprido em carater experimental no periodo compreendido entre 01/10/13 a 29/11/13. Art. 4° Esta Portaria entra em vigor na data de sua publicação. : PUBLICADO(A) POR AFIXAÇÃO EM QUADRU REG ÃE DE AVISO. LOCALIZADO NO HALL DA CÂMARA MUNICIPAL DE FORMIGA, EM"""</t>
+  </si>
+  <si>
     <t>9282</t>
   </si>
   <si>
-    <t>PORT</t>
-[...5 lines deleted...]
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9282/portaria_no_085.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9282/portaria_no_085.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica declarado ponto facultativo na Câmara Municipal de Formiga, no dia 28 de outubro de 2013, segunda-feira, devido ao Dia do Servidor Público.</t>
   </si>
   <si>
     <t>9283</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9283/portaria_no_086.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9283/portaria_no_086.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o §2º, art. 115, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de exarar parecer nos projetos de lei cujos prazos de apreciação, estejam vencidos.</t>
   </si>
   <si>
     <t>9284</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9284/portaria_no_087.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9284/portaria_no_087.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear em conformidade com o art. 91, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de analisar e estudar o Veto ao Projeto de Lei nº 092/2013, dispõe sobre as licenças maternidade e paternidade para servidores públicos municipais da Administração Pública Direta e Indireta do Poder Executivo e do Poder Legislativo do Município de Formiga, pais de bebês prematuros, múltiplos e com deficiência e dá outras providências.</t>
   </si>
   <si>
     <t>9285</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9285/portaria_no_088.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9285/portaria_no_088.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conforme requerimento do Presidente da Comissão Parlamentar de Inquérito para investigar as denúncias relativas à suposta usurpação da função pública de Prefeito do Município de Formiga, instituída através da Portaria 071/2013, fica prorrogado o prazo  de  funcionamento desta CPI por mais 60 (sessenta) dias.</t>
   </si>
   <si>
     <t>9286</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9286/portaria_no_089.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9286/portaria_no_089.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear Maxwell Pires Leal para provimento do cargo efetivo de Motorista Legislativo, em horário integral.</t>
   </si>
   <si>
     <t>9287</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9287/portaria_no_090.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9287/portaria_no_090.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear Paulo Márcio Monteiro Teixeira para provimento do cargo efetivo de Motorista Legislativo, em horário integral.</t>
   </si>
   <si>
+    <t>11494</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11494/portaria_n_091_2013.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Prorrogar o periodo de caráter experimental previsto no art. 3° da Portaria nº 84/2013, até 31/12/2013. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 29/11/2013.</t>
+  </si>
+  <si>
     <t>9289</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9289/portaria_no_092.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9289/portaria_no_092.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Institui a Comissão Permanente de Licitação da Câmara Municipal de Formiga, atendendo ao disposto na Lei Federal nº 8.666/93 e suas alterações.</t>
   </si>
   <si>
     <t>9290</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9290/portaria_no_093.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9290/portaria_no_093.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Instituir uma Comissão Especial com finalidade específica para analisar e avaliar o veículo da Câmara Municipal de Formiga, para fins de baixa, sendo:_x000D_
 _x000D_
 Marca: FORD/FOCUS SEDAN 2.0 FLEX, ano/modelo 2008/2009, cor preta, placa HMN 9640, CHASSI 8AFFZZFFC9J219588.</t>
   </si>
   <si>
     <t>9291</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9291/portaria_no_094.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9291/portaria_no_094.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo os dias 23, 24, 30 e 31 de dezembro de 2013, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9292</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9292/portaria_no_095.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9292/portaria_no_095.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear Antônio Carlos de Campos Júnior para provimento do cargo efetivo de Agente Legislativo, para cumprimento de jornada diária de 6 (seis) horas de trabalho.</t>
   </si>
   <si>
     <t>9293</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9293/portaria_no_096.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9293/portaria_no_096.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica prorrogado o prazo de validade do Concurso Público para provimento de vagas no Quadro de Pessoal da Câmara Municipal de Formiga, homologado pela Portaria nº 82, de 27 de dezembro de 2011, por mais 02 (dois) anos, a partir de 27 de dezembro de 2013.</t>
   </si>
   <si>
     <t>9294</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9294/portaria_no_097.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9294/portaria_no_097.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Marcelo Nogueira do cargo em comissão de Assessor Administrativo Legislativo.</t>
   </si>
   <si>
     <t>9295</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9295/portaria_no_098.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9295/portaria_no_098.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Onofre José de Moura do cargo em comissão de Assessor Jurídico Legislativo.</t>
   </si>
   <si>
     <t>9296</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9296/portaria_no_099.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9296/portaria_no_099.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Érica Fátima de Oliveira do cargo em comissão de Assessora de Comunicação Legislativo.</t>
   </si>
   <si>
     <t>9297</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9297/portaria_no_100.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9297/portaria_no_100.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Pedro Gustavo Pires Faleiro do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>9298</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9298/portaria_no_101.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9298/portaria_no_101.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Gilson Roberto Rios Ferreira do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>9299</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9299/portaria_no_102.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9299/portaria_no_102.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Mariana Arantes do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9300</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9300/portaria_no_103.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9300/portaria_no_103.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Gilmar Inácio Leal do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9301</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9301/portaria_no_104.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9301/portaria_no_104.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Káttia Cristina Borges Alves do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9302</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9302/portaria_no_105.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9302/portaria_no_105.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Ezequiel Gonçalves da Fonseca do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9303</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9303/portaria_no_106.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9303/portaria_no_106.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Matheus Afonso de Faria do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9304</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9304/portaria_no_107.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9304/portaria_no_107.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Janaína Arantes de Faria do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9305</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9305/portaria_no_108.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9305/portaria_no_108.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Nilse Pereira Arantes do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9306</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9306/portaria_no_109.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9306/portaria_no_109.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Emerson Miguel Marcelino do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9307</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9307/portaria_no_110.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9307/portaria_no_110.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Flávio Augusto Teixeira do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9308</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9308/portaria_no_111.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9308/portaria_no_111.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Carla Teles Costa do cargo em comissão de Assessora de Secretaria Geral Legislativo.</t>
   </si>
   <si>
     <t>9288</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9288/portaria_no_091.2013.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9288/portaria_no_091.2013.pdf</t>
   </si>
   <si>
     <t>Art. 1º Prorrogar o período de caráter experimental previsto no art. 3º da Portaria nº 84/2013, até 31/12/2013.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5360,67 +6125,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9282/portaria_no_085.2013.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9283/portaria_no_086.2013.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9284/portaria_no_087.2013.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9285/portaria_no_088.2013.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9286/portaria_no_089.2013.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9287/portaria_no_090.2013.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9289/portaria_no_092.2013.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9290/portaria_no_093.2013.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9291/portaria_no_094.2013.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9292/portaria_no_095.2013.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9293/portaria_no_096.2013.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9294/portaria_no_097.2013.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9295/portaria_no_098.2013.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9296/portaria_no_099.2013.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9297/portaria_no_100.2013.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9298/portaria_no_101.2013.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9299/portaria_no_102.2013.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9300/portaria_no_103.2013.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9301/portaria_no_104.2013.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9302/portaria_no_105.2013.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9303/portaria_no_106.2013.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9304/portaria_no_107.2013.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9305/portaria_no_108.2013.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9306/portaria_no_109.2013.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9307/portaria_no_110.2013.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9308/portaria_no_111.2013.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9288/portaria_no_091.2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11412/portaria_n_001_2013.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11413/portaria_n_002_2013.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11414/portaria_n_003_2013.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11415/portaria_n_004_2013.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11416/portaria_n_005_2013.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11417/portaria_n_006_2013.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11418/portaria_n_007_2013.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11419/portaria_n_008_2013.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11420/portaria_n_009_2013.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11421/portaria_n_010_2013.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11422/portaria_n_011_2013.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11423/portaria_n_012_2013.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11424/portaria_n_013_2013.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11425/portaria_n_014_2013.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11426/portaria_n_015_2013.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11674/portaria_n_016_2013.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11427/portaria_n_017_2013.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11428/portaria_n_018_2013.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11429/portaria_n_019_2013.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11430/portaria_n_020_2013.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11431/portaria_n_021_2013.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11432/portaria_n_022_2013.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11433/portaria_n_023_2013.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11434/portaria_n_024_2013.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11435/portaria_n_025_2013.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11436/portaria_n_026_2013.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11437/portaria_n_027_2013.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11438/portaria_n_028_2013.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11439/portaria_n_029_2013.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11440/portaria_n_030_2013.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11441/portaria_n_031_2013.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11442/portaria_n_032_2013.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11443/portaria_n_033_2013.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11444/portaria_n_034_2013.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11445/portaria_n_035_2013.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11446/portaria_n_036_2013.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11447/portaria_n_037_2013.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11448/portaria_n_038_2013.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11449/portaria_n_039_2013.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11450/portaria_n_040_2013.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11451/portaria_n_041_2013.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11452/portaria_n_042_2013.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11453/portaria_n_043_2013.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11454/portaria_n_044_2013.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11675/portaria_n_045_2013.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11455/portaria_n_046_2013.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11456/portaria_n_047_2013.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11457/portaria_n_048_2013.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11458/portaria_n_049_2013.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11459/portaria_n_050_2013.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11460/portaria_n_051_2013.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11461/portaria_n_052_2013.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11462/portaria_n_053_2013.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11463/portaria_n_054_2013.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11464/portaria_n_055_2013.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11465/portaria_n_056_2013.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11466/portaria_n_057_2013.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11467/portaria_n_058_2013.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11468/portaria_n_059_2013.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11469/portaria_n_060_2013.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11470/portaria_n_061_2013.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11471/portaria_n_062_2013.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11472/portaria_n_063_2013.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11473/portaria_n_064_2013.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11474/portaria_n_065_2013.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11475/portaria_n_066_2013.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11476/portaria_n_067_2013.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11477/portaria_n_068_2013.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11478/portaria_n_069_2013.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11479/portaria_n_070_2013.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11480/portaria_n_071_2013.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11481/portaria_n_072_2013.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11482/portaria_n_073_2013.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11483/portaria_n_074_2013.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11484/portaria_n_075_2013.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11485/portaria_n_076_2013.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11486/portaria_n_077_2013.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11487/portaria_n_078_2013.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11488/portaria_n_079_2013.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11489/portaria_n_080_2013.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11490/portaria_n_081_2013.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11491/portaria_n_082_2013.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11492/portaria_n_083_2013.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11493/portaria_n_084_2013.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9282/portaria_no_085.2013.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9283/portaria_no_086.2013.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9284/portaria_no_087.2013.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9285/portaria_no_088.2013.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9286/portaria_no_089.2013.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9287/portaria_no_090.2013.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/11494/portaria_n_091_2013.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9289/portaria_no_092.2013.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9290/portaria_no_093.2013.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9291/portaria_no_094.2013.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9292/portaria_no_095.2013.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9293/portaria_no_096.2013.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9294/portaria_no_097.2013.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9295/portaria_no_098.2013.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9296/portaria_no_099.2013.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9297/portaria_no_100.2013.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9298/portaria_no_101.2013.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9299/portaria_no_102.2013.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9300/portaria_no_103.2013.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9301/portaria_no_104.2013.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9302/portaria_no_105.2013.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9303/portaria_no_106.2013.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9304/portaria_no_107.2013.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9305/portaria_no_108.2013.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9306/portaria_no_109.2013.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9307/portaria_no_110.2013.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9308/portaria_no_111.2013.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2013/9288/portaria_no_091.2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H415"/>
+  <dimension ref="A1:H500"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -14315,661 +15081,2616 @@
       </c>
       <c r="C388" t="s">
         <v>1158</v>
       </c>
       <c r="D388" t="s">
         <v>190</v>
       </c>
       <c r="E388" t="s">
         <v>191</v>
       </c>
       <c r="G388" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H388" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>1160</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>329</v>
+        <v>10</v>
       </c>
       <c r="D389" t="s">
         <v>1161</v>
       </c>
       <c r="E389" t="s">
         <v>1162</v>
       </c>
       <c r="G389" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="H389" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>1165</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>332</v>
+        <v>16</v>
       </c>
       <c r="D390" t="s">
         <v>1161</v>
       </c>
       <c r="E390" t="s">
         <v>1162</v>
       </c>
       <c r="G390" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="H390" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>1168</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>335</v>
+        <v>19</v>
       </c>
       <c r="D391" t="s">
         <v>1161</v>
       </c>
       <c r="E391" t="s">
         <v>1162</v>
       </c>
       <c r="G391" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="H391" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>1171</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>338</v>
+        <v>22</v>
       </c>
       <c r="D392" t="s">
         <v>1161</v>
       </c>
       <c r="E392" t="s">
         <v>1162</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="H392" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>1174</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>341</v>
+        <v>25</v>
       </c>
       <c r="D393" t="s">
         <v>1161</v>
       </c>
       <c r="E393" t="s">
         <v>1162</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="H393" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>1177</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>163</v>
+        <v>28</v>
       </c>
       <c r="D394" t="s">
         <v>1161</v>
       </c>
       <c r="E394" t="s">
         <v>1162</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="H394" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>1180</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="D395" t="s">
         <v>1161</v>
       </c>
       <c r="E395" t="s">
         <v>1162</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="H395" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>1183</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>114</v>
+        <v>144</v>
       </c>
       <c r="D396" t="s">
         <v>1161</v>
       </c>
       <c r="E396" t="s">
         <v>1162</v>
       </c>
       <c r="G396" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="H396" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>1186</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>117</v>
+        <v>149</v>
       </c>
       <c r="D397" t="s">
         <v>1161</v>
       </c>
       <c r="E397" t="s">
         <v>1162</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="H397" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>1189</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>343</v>
+        <v>34</v>
       </c>
       <c r="D398" t="s">
         <v>1161</v>
       </c>
       <c r="E398" t="s">
         <v>1162</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="H398" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>1192</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>346</v>
+        <v>37</v>
       </c>
       <c r="D399" t="s">
         <v>1161</v>
       </c>
       <c r="E399" t="s">
         <v>1162</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="H399" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>1195</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>349</v>
+        <v>152</v>
       </c>
       <c r="D400" t="s">
         <v>1161</v>
       </c>
       <c r="E400" t="s">
         <v>1162</v>
       </c>
       <c r="G400" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="H400" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>1198</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="D401" t="s">
         <v>1161</v>
       </c>
       <c r="E401" t="s">
         <v>1162</v>
       </c>
       <c r="G401" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="H401" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>1201</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>352</v>
+        <v>194</v>
       </c>
       <c r="D402" t="s">
         <v>1161</v>
       </c>
       <c r="E402" t="s">
         <v>1162</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="H402" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>1204</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>120</v>
+        <v>197</v>
       </c>
       <c r="D403" t="s">
         <v>1161</v>
       </c>
       <c r="E403" t="s">
         <v>1162</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="H403" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>1207</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>169</v>
+        <v>200</v>
       </c>
       <c r="D404" t="s">
         <v>1161</v>
       </c>
       <c r="E404" t="s">
         <v>1162</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="H404" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>1210</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>355</v>
+        <v>40</v>
       </c>
       <c r="D405" t="s">
         <v>1161</v>
       </c>
       <c r="E405" t="s">
         <v>1162</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="H405" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>1213</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>358</v>
+        <v>203</v>
       </c>
       <c r="D406" t="s">
         <v>1161</v>
       </c>
       <c r="E406" t="s">
         <v>1162</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="H406" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1216</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>361</v>
+        <v>206</v>
       </c>
       <c r="D407" t="s">
         <v>1161</v>
       </c>
       <c r="E407" t="s">
         <v>1162</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="H407" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>1219</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>364</v>
+        <v>209</v>
       </c>
       <c r="D408" t="s">
         <v>1161</v>
       </c>
       <c r="E408" t="s">
         <v>1162</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="H408" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1222</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>367</v>
+        <v>43</v>
       </c>
       <c r="D409" t="s">
         <v>1161</v>
       </c>
       <c r="E409" t="s">
         <v>1162</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="H409" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>1225</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>370</v>
+        <v>212</v>
       </c>
       <c r="D410" t="s">
         <v>1161</v>
       </c>
       <c r="E410" t="s">
         <v>1162</v>
       </c>
       <c r="G410" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="H410" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>1228</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>123</v>
+        <v>215</v>
       </c>
       <c r="D411" t="s">
         <v>1161</v>
       </c>
       <c r="E411" t="s">
         <v>1162</v>
       </c>
       <c r="G411" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="H411" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>1231</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>373</v>
+        <v>218</v>
       </c>
       <c r="D412" t="s">
         <v>1161</v>
       </c>
       <c r="E412" t="s">
         <v>1162</v>
       </c>
       <c r="G412" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="H412" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>1234</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>376</v>
+        <v>221</v>
       </c>
       <c r="D413" t="s">
         <v>1161</v>
       </c>
       <c r="E413" t="s">
         <v>1162</v>
       </c>
       <c r="G413" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="H413" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>1237</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>379</v>
+        <v>224</v>
       </c>
       <c r="D414" t="s">
         <v>1161</v>
       </c>
       <c r="E414" t="s">
         <v>1162</v>
       </c>
       <c r="G414" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="H414" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>1240</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
+        <v>46</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>227</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>230</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>233</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>155</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>236</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>239</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>242</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>49</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>52</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>55</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>157</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>245</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>248</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>251</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>254</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>257</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>260</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>263</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>266</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>58</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>61</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>64</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>67</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>269</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>272</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>70</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>275</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>73</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>76</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>160</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>79</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>278</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>82</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>281</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>85</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>284</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>287</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>88</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>91</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>94</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>290</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>293</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>296</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>299</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>302</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>96</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>305</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>308</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>311</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>314</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>317</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>320</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>99</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>102</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>105</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>323</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>326</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>329</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>332</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>335</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>338</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>341</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>163</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
         <v>108</v>
       </c>
-      <c r="D415" t="s">
-[...9 lines deleted...]
-        <v>1244</v>
+      <c r="D479" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>111</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>114</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>117</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>343</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>346</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>349</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>166</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>352</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>120</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>169</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>355</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>358</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>361</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>364</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>367</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>370</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>123</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>373</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>376</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>379</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>108</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1497</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1499</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15344,50 +18065,135 @@
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
     <hyperlink ref="G406" r:id="rId405"/>
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
     <hyperlink ref="G409" r:id="rId408"/>
     <hyperlink ref="G410" r:id="rId409"/>
     <hyperlink ref="G411" r:id="rId410"/>
     <hyperlink ref="G412" r:id="rId411"/>
     <hyperlink ref="G413" r:id="rId412"/>
     <hyperlink ref="G414" r:id="rId413"/>
     <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>