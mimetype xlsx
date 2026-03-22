--- v0 (2025-11-26)
+++ v1 (2026-03-22)
@@ -10,92 +10,92 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3018" uniqueCount="1299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3508" uniqueCount="1509">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/</t>
+    <t>http://sapl.formiga.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Aprova as contas do Município de Formiga, com ressalva, relativas ao exercício de 2009, e dá outras providências.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica do Município e dá outras providências.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Altera redação dos dispositivos que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>872</t>
   </si>
@@ -4468,277 +4468,907 @@
 Com a apresentação do Sr. Sebastião Alves Rangel a Comissão Especial de Meio Ambiente da Câmara juntou-se associação para tentar solucionar o problema, e inclusive levou ao conhecimento da Promotora de Defesa do Meio Ambiente toda situação. Segue anexo o CD com a apresentação dos fatos.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, José Gilmar Furtado - Mazinho, vem através deste, encaminhar V. Exa., cópia do Relatório Final da Comissão Parlamentar de Inquérito, que apura denúncia sobre a má gestão da Secretaria Municipal de Saúde de Formiga com agravamento do atendimento da população em geral, instaurada através da Portaria 042/2009, de 11 de agosto de 2009, para conhecimento e providências cabíveis. _x000D_
 A Comissão Parlamentar de Inquérito terminou seus trabalhos com a leitura do Relatório Final na 140ª (centésima quadragésima) Reunião Ordinária da Câmara Municipal de Formiga, no dia 19 de dezembro de 2011, e solicitou que o mesmo fosse encaminhado ao Poder Executivo, na condição de órgão fiscalizador da gestão dos recursos públicos municipais, auxiliando o Poder Legislativo._x000D_
 O Relatório possui 6.216 (seis mil, duzentos e dezesseis) páginas, sendo 17 (dezessete) referentes ao relatório. As cópias estão relacionadas em 32 (trinta e dois) volumes.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, José Gilmar Furtado - Mazinho, vem através deste, encaminhar V. Exa., cópia do Relatório Final da Comissão Parlamentar de Inquérito, que apura denúncia sobre a má gestão da Secretaria Municipal de Saúde de Formiga com agravamento do atendimento da população em geral, instaurada através da Portaria 042/2009, de 11 de agosto de 2009, para conhecimento e providências cabíveis. _x000D_
 A Comissão Parlamentar de Inquérito terminou seus trabalhos com a leitura do Relatório Final na 140ª (centésima quadragésima) Reunião Ordinária da Câmara Municipal de Formiga, no dia 19 de dezembro de 2011, e solicitou que o mesmo fosse encaminhado ao Tribunal de Contas do Estado de Minas Gerais, na condição de órgão fiscalizador da gestão dos recursos públicos municipais, auxiliando o Poder Legislativo._x000D_
 O Relatório possui 6.216 (seis mil, duzentos e dezesseis) páginas, sendo 17 (dezessete) referentes ao relatório. As cópias estão relacionadas em 32 (trinta e dois) volumes.</t>
   </si>
   <si>
+    <t>11257</t>
+  </si>
+  <si>
+    <t>PORT</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11257/portaria_n_001_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Deize Aparecida Silva de Sousa, para provimento do cargo de Assessora Juridica Legislativo, em horério parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11258</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11258/portaria_n_002_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão José Mircio Caputo, para provimento do cargo de Assistente Judiciario Legislativo, em horério parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11259</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11259/portaria_n_003_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Onofre José de Moura, para provimento do cargo de Assessor Juridico Legislativo, em horario parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11260</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11260/portaria_n_004_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissio Erica Fátima de Oliveira, para provimento do cargo de Assessora de Comunicação Legislativo, em horério integral. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11261</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11261/portaria_n_005_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Carla Teles Costa, para provimento do cargo de Assessora de Secretaria Geral, em horário integral. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11262</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11262/portaria_n_006_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Marcelo Nogueira, para provimento do cargo de Assessor Administrativo Legislativo, em horario integral. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011,</t>
+  </si>
+  <si>
+    <t>11263</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11263/portaria_n_007_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar o servidor Henrique Alves Mendonga, ocupante do cargo efetivo Auxiliar de Contabilista Legislativo, sem qualquer ônus adicional para o erario, para responder, cumulativamente com suas atribuições e exercer as seguintes funções: Elaborar notas: de empenho e assinar como Responsável Técnico, NYA - outras funções correlatas: Art. 2º Essa designação será durante 03/01/11 4 14/01/11, período em que Luís Roberto Marcelino, Contabilista Legislando, responsável pelas funções descritas acima, se encontra de férias. o Art 3 Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 20117</t>
+  </si>
+  <si>
+    <t>11264</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11264/portaria_n_008_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar o servidor Henrique Alves Mendonga, para assinar em conjunto com o Presidente do Legislativo os cheques, bem como os Boletins Diérios de Caixa e Demonstrativo de Movimentação de Numerérios. Art. 2° Esta Portaria entra em vigor na data de sua publicagéo, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11265</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11265/portaria_n_009_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar que os veiculos oficiais da Câmara Municipal estarão disponiveis para viagens de vereadores, após o periodo do recesso parlamentar. Paragrafo unico. Excepcionalmente podera ser autorizado o uso dos veiculos a Mesa Diretora e os Servidores, em caso de interesse organizacional do Poder Legislativo ou em representatividade da Câmara Municipal ou do municipio, devidamente justificado. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 10 de janeiro de 2010. Câmara Municipal de</t>
+  </si>
+  <si>
+    <t>11266</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11266/portaria_n_010_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de analisar e estudar o Veto aos Projetos de Lei Complementar 018/2010, que dispde sobre o Estatuto dos Servidores Públicos 020/2010, que dispde sobre Plano de Cargos, Carreiras e Vencimento dos Profissionais e Servidores em geral 021/2010, que dispde sobre Plano de Cargos, Carreiras e Vencimento dos Profissionais e Servidores da Educação e 022/2010, que dispde sobre Estatuto dos Servidores da Area de Educação. Art. 2° A comissão será composta pelos vereadores: José Gilmar Furtado - Presidente Cid Corréa Mesquita - Relator Rosimeire Ribeiro de Mendonga — Membro Suplentes: José Geraldo da Cunha — Presidente Reginaldo Henrique dos Santos — Relator Gongalo José de Faria - Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 10 de janeiro de 2010."""</t>
+  </si>
+  <si>
+    <t>11267</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11267/portaria_n_011_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de analisar e estudar o Projeto de Lei nº 278/2010, dispoe sobre o agendamento telefonico de consultas para pacientes idosos e para pessoas com deficiéncia fisica, intelectual e miiltipla, já cadastrados nas unidades de saiide do Municipio de Formiga, e dd outras providéncias. Art. 2° A comissão sera composta pelos vereadores: Dr. Reginaldo Henrique dos Santos — Presidente José Gilmar Furtado — Relator José Geraldo da Cunha - Membro Suplentes: Rosimeire Ribeiro de Mendonga — Presidente Eugénio Vilela Junior — Relator Mauro César Alves de Sousa - Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 10°de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11268</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11268/portaria_n_012_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, §1° do Regimento Interno, uma Comissão Especial sobre a construção da nova sede da Câmara Municipal de Formiga. Art. 2° A comissão sera composta pelos vereadores: Dr. Reginaldo Henrique dos Santos - Presidente Rosimeire Ribeiro de Mendonga - Relatora José Gilmar Furtado - Membro Suplentes: Eugénio Vilela Júnior - Presidente Cid Corréa Mesquita - Relator Gongalo José de Faria - Membro Art. 3° A comissão terá como atribuiçdo o acompanhamento de todas as etapas da construção da nova sede da Cdmara Municipal, com o objetivo de analisar e verificar todo o processo, nó ano de 2011. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11269</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11269/portaria_n_013_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, § 1° do Regimento Interno, uma Comissão Especial de Meio Ambiente. Art. 2° A comissão sera composta pelos vereadores: Eugeénio Vilela Júnior - Presidente José Geraldo da Cunha - Relator Mauro César Alves de Sousa - Membro Suplentes: Cid Corréa Mesquita - Presidente Gongalo José de Faria - Relator Edmar Ferreira - Membro Art. 3° A comissão terá” como objetivo as matérias relacionadas a politica e o direito ambientais a preservação da biodiversidade, a proteção, a.r ecuperáção e a conservação dos ecossistemas, o controle da poluição e da degradação ambientais, a proteção da flora, da fauna e da paisagem, a educação ambiental, a politica de recursos- atmosféricos, hidricos, energéticos, minerérios, de solos e bióticos. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011."""</t>
+  </si>
+  <si>
+    <t>11270</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11270/portaria_n_014_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art, 91, § 1° do Regimento Interno, uma comissão Especial para compor o Orgão de Defesa dos Direitos Humanos, prevista no art. 5° da Lei nº 3.904, de 27 de setembro de 2006. Art. 2° A comissão sera composta pelos vereadores: Mauro César Alves de Sousa - Presidente José Gilmar Furtado - Relator Dr. Reginaldo Henrique dos Santos - Membro Suplentes: Cid Corréa Mesquita - Presidente Rosimeire Ribeiro de Mendonga - Relatora Edmar Ferreira - Membro Art. 3° A comissão tera como objetivo a defesa dos direitos e deveres sociais, politico, econdmicos, culturais, étnicos, religiosos e humanos dos cidaddos, podendo ser assessorada pela Assessoria Juridica e pela Assistente Social da Câmara Municipal de Formiga. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11271</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11271/portaria_n_015_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, § 1° do Regimento Interno, uma Comissão Especial de Saude. Art. 2° A comissão sera composta pelos vereadores: Cid Correa Mesquita - Presidente Dr. Reginaldo Henrique dos Santos - Relator: José Gilmar Furtado - Membro Suplentes: Rosimeire Ribeiro de Mendonga - Presidente Eugénio Vilela Junior - Relator Edmar Ferreira - Membro Art. 3° A comissão terd como objetivo as matérias relacionadas a saude, a assisténcia médica, hospitalar, sanitaria, a prevenção das deficiéncias fisica, sensorial, mental e o saneamento basico. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 04 de janeiro de 2010.</t>
+  </si>
+  <si>
+    <t>11273</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11273/portaria_n_016_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, § 1° do Regimento Interno, uma comissão Especial de Seguranga Publica. Art. 2° A comissão sera composta pelos vereadores: José Geraldo da Cunha - Presidente Mauro César Alves de Sousa- Relator Gongalo José de Faria - Membro Suplentes: José Gilmar Furtado - Presidente Rosimeire Ribeiro de Mendonga - Relatora Dr. Reginaldo Henrique dos Santos - Membro Art. 3° A comissão terd como objetivo as matérias relacionadas.a. politica de seguranga piblica, de combate ao crime organizado, carcerdria, de recuperação e de reintegraçdo social de egressos do sistema prisional e defesa civil. Art. 4° Esta Portaria entra em vigor na data de sua publicação produzindo seus efeitos a partir de 03 de janeiro de 2011."""</t>
+  </si>
+  <si>
+    <t>11274</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11274/portaria_n_017_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear em conformidade com o art. 91, § 1° do Regimento Interno, uma comissão Especial de Participação Popular. Art. 2° A comissão serd composta pelos vereadores: Eugeénio Vilela Júnior - Presidente Dr. Reginaldo Henrique dos Santos - Relator Mauro César Alves de Sousa - Membro Suplentes: José Gilmar Furtado - Presidente Cid Correa Mesquita - Relator Gongalo José de Faria - Membro Art. 3° A comissão tera como objetivo receber, analisar o material e a forma de proposição sugerida por entidade associativa da sociedade civil, com exceção de partido politico com representação na Câmara Municipal. Art. 4° Esta Portaria entra em vigor na data de sua publicagéo, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11275</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11275/portaria_n_018_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Constituiçdo, Justiça e Redação. Art. 2° A comissão será composta pelos vereadores: Rosimeire Ribeiro de Mendonga - Presidente José Gilmar Furtado - Relator Gongalo José de Faria - Membro Suplentes: José Geraldo da Cunha - Presidente Eugeénio Vilela Júnior - Relator Cid Correa Mesquita - Membro Art. 3° A comissão terd como objetivo manifestar sobre: os aspectos juridico, constitucional e legal das proposiçdes representação que vise &amp; perda de mandato, o pedido de licenga de Prefeito e Vereadores e proposiçdes de discussão única é terminativo o parecer da referida comissão embasado na Consultoria Juridica sobre a = admissibilidade das proposições. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03-de janeiro de2011."""</t>
+  </si>
+  <si>
+    <t>11276</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11276/portaria_n_019_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a comissão Permanente de Finangas, Orgamento e Tomada de Contas. Art. 2° A comissão sera composta pelos vereadores: Dr. Reginaldo Henrique dos Santos - Presidente Cid Correa Mesquita - Relator José Geraldo da Cunha - Membro Suplentes: José Gilmar Furtado - Presidente Mauro César Alves de Sousa - Relator Edmar Ferreira - Membro Art. 3° A comissão tera como objetivo manifestar sobre: o plano plurianual, lei de diretrizes Orgamentérias Anual, crédito adicional e contas públicas, destacadamente as apresentadas anualmente pelo Prefeito planos de desenvolvimento e programas de obras do Municipio e fiscalização dos recursos municipais neles investidos matéria tributdria repercussdo financeira das proposições comprovação de existéncia de receitas matérias de que tratam os incisos XII e XIV do art. [...]"""</t>
+  </si>
+  <si>
+    <t>11277</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11277/portaria_n_020_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 80 do Regimento Interno dessa Casa Legislativa, a Comissão Permanente de Servigos Publicos Municipais. Art. 2° A comissão serd composta pelos vereadores: Mauro César Alves de Sousa - Presidente Eugénio Vilela Junior - Relator Edmar Ferreira — Membro Suplentes: Dr. Reginaldo Henrique dos Santos - Presidente Rosimeire Ribeiro de Mendonga- Relatora Gongalo José de Faria - Membro Art. 3° A comissão terd que manifestar sobre: politica e sistemas educacionais, inclusive Creches e Recursos Humanos, materiais e financeiros para a Educação politica de satde e processo de planificação em saude, sistema único de saúde higiene, educação e assisténcia sanitaria contratação de instituições privadas de saude planos plurianuais e programas de saneamento bésico limpeza urbana, tratamento e destinação final do lixo politica do Meio Ambiente, Direito Ambiental e Legislação de defesa ecolo [...]"""</t>
+  </si>
+  <si>
+    <t>11278</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11278/portaria_n_021_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar os Servidores abaixo, para responder pela, função de Pregoeiro, nos processos licitatérios da modalidade pregão: - Flavia Tereza da Silva - Marco Aurélio Almeida Art. 2° Designar os Servidores abaixo para comporem a equipe de apoio para atuação em todos os processos licitatorios da modalidade pregão: - Marco Aurélio Almeida - Elisangela Garcia de Araújo - Magno Luiz da Silva — Membro - Luis Roberto Marcelino - Maria Cristina Labella de Carvalho - Henrique Alves de Mendonga Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de janeiro de 2011.</t>
+  </si>
+  <si>
+    <t>11279</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11279/portaria_n_022_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Designar o servidor Luis Roberto Marcelino, ocupante do cargo efetivo Contabilista Legislativo, sem qualquer ônus adicional para o erario, para responder, cumulativamente com suas atribuiçdes e exercer as seguintes funções: I — atestar as liquidações nas notas de empenhos do Poder Legislativo II — assinar os boletins didrios de caixa e demonstrativo de movimentação de numerarios TII — outras funções correlatas. Art. 2° Essa designação será durante 17/01/11-a 31/01/11, período em que Henrique Alves Mendonça, Auxiliar de Contabilista Legislativo, responsável pelas funções descritas acima, se encontra de férias. Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 17 de janeiro de 2011."""</t>
+  </si>
+  <si>
+    <t>11280</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11280/portaria_n_023_2011.pdf</t>
+  </si>
+  <si>
+    <t>CONSIDERANDO, a necessidade de racionalizar o espago fisico do Arquivo do Poder Legislativo, CONSIDERANDO, que há cópias de documentos de despesas de outras autarquias sob a guarda do Arquivo do Legislativo CONSIDERANDO, que estes documentos referem-se ao periodo de 2006, e que seus originais estdo sob guarda de suas respectivas autarquias. RESOLVE: Art. 1° Nomear uma comissão Especial de Avaliação para Eliminação de Documentos no âmbito do arquivo da Câmara Municipal de Formiga. Art. 2° A comissão sera composta pelos seguintes servidores: Marco Aurélio Almeida - Presidente Elisangela Garcia Araujo - Relatora Virginia Oliveira de Sousa - Membro Parigrafo único: Esta Comissão ficara sob presidência do primeiro nomeado e terd o prazo de 45 (quarenta e cinco) dias, a contar desta data para verificar e analisar os documentos e, posteriormente, proceder a eliminação dos mesmos. Art. 3° Esta Portaria entra em vigor na data de sua publicação."""</t>
+  </si>
+  <si>
+    <t>11281</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11281/portaria_n_024_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conceder a servidora, Maria Aparecida de Oliveira, Agente de Plenário, 01 (um) mês de férias prémio, no periodo de 03 de fevereiro a 04 de março de 2011. Art. 2° Esta Portaria entrard em vigor na data de sua publicação, produzindo seus efeitos a partir de 03 de fevereiro de 2011. Câmara Municipal de</t>
+  </si>
+  <si>
+    <t>11282</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11282/portaria_n_025_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar o servidor Paulo Rosa Campos, Motorista Legislativo, responsavel pelo veiculo oficial marca/modelo Ford Focus. $ 1° Somente o servidor mencionado poderá utilizar o veiculo para viagens e servigos do Poder Legislativo. $ 2° Na ausência do servidor, o veiculo poderá ser utilizado por outros servidores ou vereadores habilitados, com data e horério previamente agendados no setor responsavel. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11284</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11284/portaria_n_026_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Elizabete Lopes Junqueira, para provimento do cargo de Assessor Parlamentar, em horério integral. Parigrafo único. A indicação do Assessor Parlamentar, previsto no “caput,” é da vereadora Rosimeire Ribeiro de Mendonga. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11285</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11285/portaria_n_027_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Janaina Arantes de Faria, para provimento do cargo comissionado de Assessor Parlamentar. Parigrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Moacir Ribeiro da Silva. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11286</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11286/portaria_n_028_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Michelle Ane da Silva Alves, para provimento do cargo comissionado de Assessor Parlamentar. Parigrafo unico. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Cid Correa Mesquita. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11287</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11287/portaria_n_029_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Bianca Guimaries Gongalves Dias Ramos, para provimento do cargo comissionado de Assessor Parlamentar. Parágrafo tnico. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Edmar Ferreira: Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11289</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11289/portaria_n_030_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Karen Rosilene de Almeida, para provimento do cargo comissionado de Assessor Parlamentar. Parágrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Reginaldo Henrique dos Santos. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11290</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11290/portaria_n_031_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear uma comissão especial com finalidade especifica para fazer o levantamento dos materiais permanentes que não sdo utilizados nos setores da Câmara Municipal, realizando a transferéncia dos mesmos para o Poder Executivo. §1° A comissão terd o prazo de 30 (trinta) dias, para emitir o relatério dos materiais previstos no caput. §2° O prazo previsto no §1° podera ser prorrogado por igual periodo, por ato do Presidente. Art. 2° A comissão sera composta pelos seguintes servidores: Luis Roberto Marcelino - Presidente Carlos Renato Brito Angeli - Relator Henrique Alves Mendonga — Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação. Câmara Municipal de</t>
+  </si>
+  <si>
+    <t>11291</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11291/portaria_n_032_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Saulo Amâncio Silva, para provimento do cargo comissionado de Assessor Parlamentar. Parigrafo único. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador José Gilmar Furtado. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11293</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11293/portaria_n_033_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar ponto facultativo o dia 07 de fevereiro de 2011, segundafeira, véspera do feriado de Carnaval. Art. 2° No dia 09 de fevereiro de 2010, quarta-feira, o horario de expediente da Câmara Municipal terd inicio as 12 horas. Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 28 de fevereiro de 2011.</t>
+  </si>
+  <si>
+    <t>11294</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11294/portaria_n_034_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar que cada vereador podera homenagear até 04 (quatro) cidaddos e/ou empresas que se destacam no âmbito do municipio de Formiga, durante o exercicio de 2011. §1° Cada vereador deverá indicar os homenageados através de requerimento, devendo os mesmos ter aprovação do Presidente da Câmara Municipal. §2° As homenagens serão realizadas durante as reuniões ordindrias por cada edil que fizer a indicação, podendo ocorrer apenas uma homenagem por reunião. §3° Cada homenagem será feita através de placas gravadas com o nome do homenageado, disponibilizadas pela Câmara. Art. 2° As despesas referentes a esta Portaria correrdo a conta de dotações orgamentarias proprias da Câmara Municipal Formiga. Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 28 de fevereiro de 2011.</t>
+  </si>
+  <si>
+    <t>11295</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11295/portaria_n_035_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conceder ao servidor, LUIS ROBERTO MARCELINO, Contabilista Legislativo, 01 (um) mês de férias prémio, no periodo de 10 (dez) de março a 08 (oito) de abril de 2011. Art. 2° Durante as férias prémio do servidor supracitado sera designado o servidor Henrique Alves Mendonga, ocupante do cargo efetivo Auxiliar de Contabilista Legislativo, sem qualquer 6nus adicional para o erario, para responder, cumulativamente com suas atribuiçdes e exercer as seguintes funções: 1 - Elaborar notas de empenho e assinar como Responsavel Técnico 11 - Outras funções correlatas. Art. 3° Essa designação sera durante o periodo em que o servidor Luis Roberto Marcelino, Contabilista Legislativo, responsavel pelas funções descritas acima, se encontra de férias prémio. Art. 4° Esta Portaria entrará em vigor na data de sua publicação, produzindo seus efeitos a partir de 10 de março de 2011. Câmara Municipal de"""</t>
+  </si>
+  <si>
+    <t>11297</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11297/portaria_n_036_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de analisar e estudar o Veto Total ao Projeto de Lei nº 278/2010, dispde sobre o agendamento telefonico de consultas para pacientes idosos e para pessoas com deficiéncia fisica, intelectual e miiltipla, já cadastrados nas unidades de saiide do Municipio de Formiga, e dd outras providéncias. Art. 2° A comissão serd composta pelos vereadores: José Gilmar Furtado — Presidente Dr. Reginaldo Henrique dos Santos — Relator Eugénio Vilela Jinior - Membro Suplentes: José Geraldo da Cunha — Presidente Rosimeire Ribeiro de Mendonga — Relatora Mauro César Alves de Sousa — Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 15 de março de 2011.</t>
+  </si>
+  <si>
+    <t>11298</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11298/portaria_n_037_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conforme requerimento do Presidente da Comissão Parlamentar de Inquérito da Saúde, instituida através da Portaria 042/2009, fica prorrogado o prazo de funcionamento desta CPI por mais 60 (sessenta) dias. Parágrafo único. Esta prorrogação se justifica por estarem em andamento os trabalhos da CPI. Art. 2° Esta Portaria entra em vigência na data de sua publicação, produzindo os seus efeitos a partir de 15 de março de 2011. x</t>
+  </si>
+  <si>
+    <t>11299</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11299/portaria_n_038_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, do Regimento Interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de analisar e estudar o Veto Total a0 Projeto de Lei nº 283/2010, dispde sobre a proibição do trdfego de composicdes de carga, no periodo noturno no municipio de Formiga/MG. Art. 2° A comissão serd composta pelos vereadores: José Geraldo da Cunha — Presidente José Gilmar Furtado — Relator Mauro César Alves de Sousa — Membro Suplentes: Cid Corréa Mesquita — Presidente Edmar Ferreira — Relator Gongalo José de Faria — Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 23 de março de 2011.</t>
+  </si>
+  <si>
+    <t>11300</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11300/portaria_n_039_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Instituir a comissão Especial de Registro de preços e nomear os seguintes servidores para compo-la: Marcelo Nogueira - Presidente Carlos Renato Brito Angeli - Relator Henrique Alves Mendonga - Membro Art. 2° A Comissão tem como atribuição gerenciar e acompanhar a Ata de Registro-de preços 001/2011, referente ao Processo Licitatério nº 009/2010, Preção nº 003/2010 - Registro de preços. Pardigrafo Unico. Trimestralmente, a comissio deverd providenciar a publicação dos preços registrados para orientação da administração, na imprensa oficial ou site oficial da Administração, realizando, previamente, pesquisa de mercado comprovando que os preços registrados estdo compativeis com os preços de mercado. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11302</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11302/portaria_n_040_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art, 91, do Regimento Interno dessa Casa Legislativa, uma comissão Especial para proceder a um levantamento das obras de calgamentos executadas neste municipio nas gestdes do atual Prefeito Municipal (custos e outros dados relevantes). Art. 2° A comissão serd composta pelos vereadores: José Geraldo da Cunha — Cabo Cunha — Presidente Eugénio Vilela Júnior — Relator Cid Corréa Mesquita — Membro Suplentes: José Gilmar Furtado — Presidente Rosimeire Ribeiro de Mendonga — Relatora Mauro César Alves de Sousa — Membro Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11303</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11303/portaria_n_041_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, do Regimento Interno dessa Casa Legislativa, uma comissão Especial para averiguar a situagio dos materiais para confecção de proteses recebidos do governo federal e que estdo guardados no Almoxarifado do Centro de Especialidades Odontolégico — CEO, há sete anos. Art. 2° A comissão será composta pelos seguintes vereadores: Cid Corréa Mesquita - Presidente Gongalo José de Faria - Relator José Gilmar Furtado - Membro Suplentes: Eugénio Vilela Júnior — Presidente Dr. Reginaldo Henrique dos Santos — Relator Edmar Ferreira — Membro Parágrafo único. A comissão terd o prazo de 10 (dez) dias, a contar desta data para apresentação de relatério contendo suas conclusdes. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11304</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11304/portaria_n_042_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conceder ao servidor, HENRIQUE ALVES MENDONCA, Auxiliar de Contabilista Legislativo, 01 (um) mês de férias prémio, no periodo de 25 (vinte e cinco) de abril a 24 (vinte e quatro) de maio de 2011. Art. 2° Durante as férias prémio do servidor supracitado será designado o servidor Luis Roberto Marcelino, ocupante do cargo efetivo Contabilista Legislativo, sem qualquer 6nus adicional para o erério, para responder, cumulativamente com suas atribuições e exercer as seguintes funções: I- Atestar as liquidações nas notas de empenhos do Poder Legislativo II- Assinar os boletins diários de caixa e demonstrativo de movimentação de numerarios III-Outras funções correlatas. Art. 3° Esta Portaria entrard em vigor na data de sua publicação, produzindo seus efeitos a partir de 25 de abril de 2011. Câmara Municipal de"""</t>
+  </si>
+  <si>
+    <t>11305</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11305/portaria_n_043_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conceder a servidora, SIMONE RODRIGUES DA SILVA PEDROSA, Auxiliar do Legislativo, 01 (um) mês de férias prémio, no periodo de 02 (dois) de maio a 31 (trinta e um) de maio de 2011. Art. 2° Esta Portaria entrara em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de maio de 2011.</t>
+  </si>
+  <si>
+    <t>11307</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11307/portaria_n_044_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Declarar luto oficial na Câmara Municipal de Formiga, no dia 26 de abril de 2011. Art. 2° Fica estabelecido ponto facultativo, nos servigos da Câmara Municipal de Formiga, na data supracitada. Art. 3° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11308</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11308/portaria_n_045_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear o servidor Marco Aurélio Almeida — Arquivista Legislativo para substituir o servidor Luis Roberto Marcelino — Contabilista Legislativo na Comissão Especial para acompanhar os trabalhos necessérios para realizagéo de Concurso Publico, para provimento de cargos na Câmara Municipal de Formiga. Parigrafo único. A substituição do servidor é necessdria para que não sejam prejudicados os futuros procedimentos necessérios para a realização do Concurso Publico. Art. 2° Esta Portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11309</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11309/portaria_n_046_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Jordana Heloisa Silva, para provimento do cargo comissionado de Assessor Parlamentar. Parigrafo tnico. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador Gongalo José de Faria, Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 09 de maio de 2011.</t>
+  </si>
+  <si>
+    <t>11311</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11311/portaria_n_047_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Conforme requerimento do Presidente da Comissão Parlamentar de Inquérito da Saúde, instituida através da ' Portaria 042/2009, fica prorrogado o prazo de funcionamento desta CPI por mais 60 (sessenta) dias. Parágrafo único. Esta prorrogação se justifica por estarem em andamento os trabalhos da CPI. Art. 2° Esta portaria entra em vigência na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11312</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11312/portaria_n_048_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Institui a Comissão Permanente de Licitação da Câmara Municipal de Formiga, atendendo ao disposto na Lei Federal nº 8.666/93 e suas alterações. Art. 2° Nomear para compor a comissão Permanente de Licitação os seguintes servidores: Magno Luiz da Silva — Presidente Virginia Oliveira de Sousa — Secretário Flavia Tereza da Silva = Membro Suplentes: 1° Suplente — Maria Cristina Labella de Carvalho 2° Suplente — Marco Aurélio Almeida 3° Suplente — Henrique Alves Mendonga Parágrafo único. Esta Comissão ficara sob a presidência do primeiro nomeado e terá vigência até 30 de novembro de 2011. Art. 3° Revoga-se a Portaria nº 65 de 30 de novembro de 2010. Art. 4° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 11 de maio de 2011.</t>
+  </si>
+  <si>
+    <t>11313</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11313/portaria_n_049_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar a pedido do servidor Luis Roberto Marcelino do cargo efetivo de Contabilista Legislativo. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 17 de maio de 2011. 4</t>
+  </si>
+  <si>
+    <t>11314</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11314/portaria_n_050_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Designar o servidor Henrique Alves Mendonça, ocupante do cargo efetivo Auxiliar de Contabilista Legislativo, com ônus adicional para o erário, para responder, cumulativamente com suas funções, pelas atribuições do cargo de Contabilista Legislativo, previstas no art. 7º da Resolução nº 283/2005. Parágrafo único. O servidor terá direito a receber a diferença salarial do cargo cujas atribuições serão de sua responsabilidade, em consonância com a Súmula nº 378 do STI: “SUMULA Nº 378 — STJ. Reconhecido o desvio de função, o servidor faz jus as diferengas salariais decorrentes. Rel. Min. Arnaldo Esteves Lima, em 22/4/2009.” Art. 2° A designação prevista no Art. 1° serd a partir de 18/5/2011 até a nomeação de servidor para o cargo de Contabilista Legislativo através de Concurso Publico que se encontra em andamento, considerando a exoneração do servidor Luis Roberto Marcelino, Contabilista Legislativo, em 17/5/2011. [...]</t>
+  </si>
+  <si>
+    <t>11316</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11316/portaria_n_051_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Suspender a licenga-prémio do servidor, HENRIQUE ALVES MENDONCA, Auxiliar de Contabilista Legislativo, tendo em vista a exoneração do servidor efetivo Luis Roberto Marcelino — Contabilista Legislativo. §1° O servidor deverá retornar suas atividades a partir de 2/5/2011, conforme convocagio em anexo. §2° O restante do periodo interrompido serd gozado de uma só vez, em data a ser previamente marcada. Art. 2° Esta Portaria entrará em vigor na data de sua publicação, produzindo seus efeitos a partir de 02 de maio de 2011. Câmara Municipal de</t>
+  </si>
+  <si>
+    <t>11317</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11317/portaria_n_052_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear uma comissão Especial para levantamento de informações, tais como cargos e atribuições, de acordo com a Lei 3.652/2005, e acompanhamento dos trabalhos necessarios para realizagio de Concurso Publico, para provimento de cargos na Câmara Municipal de Formiga. Art. 2° A comissão serd composta pelos membros a seguir, sob a presidência do primeiro: - Cid Corréa Mesquita - Vereador - José Gilmar Furtado - Vereador - Maria Cristina Labella de Carvalho - Assistente Social Legislativo - Marco Aurélio Almeida - Arquivista Legislativo - Virginia Oliveira de Sousa - Assistente Legislativo. Suplentes: - José Geraldo da Cunha - Vereador - Gongalo José Faria - Vereador - Elisângela Garcia de Araújo - Assistente Legislativo - Carlos Renato Brito Angeli - Auxiliar de Auditor Legislativo - Paulo Rosa Campos - Motorista Legislativo. Art. [...]"""</t>
+  </si>
+  <si>
+    <t>11318</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11318/portaria_n_053_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Instituir a Comissdio Especial de Registro de preços e nomear os seguintes servidores para compo-la: Marcelo Nogueira - Presidente Carlos Renato Brito Angeli - Relator Henrique Alves Mendonga - Membro Art. 2° A comissão tem como atribuiçdo gerenciar e acompanhar a Ata de Registro de preços 002/2011, referente ao Processo Licitatério nº 004/2011, Preção nº 003/2011 - Registro de preços. Parigrafo Unico. Trimestralmente, a comissio deverd providenciar a publicação dos precos registrados para orientação da administração, na imprensa oficial ou site oficial da Administração, realizando, previamente, pesquisa de mercado comprovando que os preços registrados estdo compativeis com os preços de mercado. Art. 3° Esta Portaria entra em vigor na data de sua publicago.</t>
+  </si>
+  <si>
+    <t>11320</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11320/portaria_n_054_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear uma comissão Especial para apresentação das indicações dos homenageados que serdo condecorados com os Titulos de Cidadania Honoraria em Reunido Solene da Câmara Municipal de Formiga. Art. 2° A comissão sera composta pelos seguintes vereadores: Cid Corréa Mesquita — Presidente José Gilmar Furtado — Mazinho — Relator Eugénio Vilela Jinior — Membro Art. 3° A comissão terá como atribuigo a indicação dos homenageados que serdo condecorados com os Titulos de Cidadania Honoréria, através de Projeto de Decreto Legislativo. Art. 4° Esta portaria entra em vigor na data de sua publicago, produzindo seus efeitos a partir de 9 de junho de 2011. Céamara Municipal de</t>
+  </si>
+  <si>
+    <t>11321</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11321/portaria_n_055_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Deternina ponto facultativo o dia 17 de junho de 2011, a partir das 12h, sexta-feira, devido à reunião Solene, nas dependência da Câmara Municipal de Formiga Art. 2° Esta Portaira entra em vigor na data de sua publicação</t>
+  </si>
+  <si>
+    <t>11322</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11322/portaria_n_056_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Determinar ponto facultativo o dia 24 de junho de 2011, sexta-feira, após o ferido do dia 23 de junho de 2011, quinta-feira, dia de Corpus Christi, nas dependéncias da Câmara Municipal de Formiga. Art. 2° Esta Portaria entra em vigor na data de sua publicação. Céamara Municipal de</t>
+  </si>
+  <si>
+    <t>11323</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11323/portaria_n_057_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomearem conformidade com o art 91, do Regimento Interno dessa Casa Legislativa, urma Comissão Especial para acompanhar junto ao Executivo o processo da vinda da Universidade Federal de Viçosa para o municipio de Formiga. Art. 2º A Comissão será composta pelos seguintes vereadores: Dr. Reginaldo Henrique dos Santos Presidente Jose Geraldo da Cunha Cabo Cunkia - Relator José Gilmar Furtado Mazinho Membro Suplentes: Bugenio Vilelapronior Presideme Cid Correa Mesquita-Relator Rosindira Ribuito de Mendonça Membro 1838 Art. 3º Estu Porterit eritra em vigor na data de sua publicação</t>
+  </si>
+  <si>
+    <t>11325</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11325/portaria_n_058_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com art. 91, do regimento interno dessa Casa Legislativa, uma Comissão Especial com a finalidade de analizar e estudar o Projet de Emenda à Lei Orgânica nº 006/2011, altera redação dos art4º e 81 da Lei Orgânica do Municipio de Formiga, Criando o Distrito de Boa Esperança de Fraôes e prevendo a publicação de atos oficiais atraves de meios eletrônicos. Art. 2° A comissão sera composta pelos vereadores: Eugênio Vilela Junior - presidente, José Gilmar Furtado - Mazinho - relator, Mauri César Alves de Sousa - Membro, suplentes: Gonçalo José de Faria - Presidente, José Geraldo da Cunha - Cabo Cunha - Relator, Edmar Ferreira - Membro, Art. 3º Esta portaria entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11326</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11326/portaria_n_059_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conforme requerimento do Presidente da comissão Parlamentar de Inquérito da Saúde, instituida através da Portaria 042/2009, fica prorrogado o prazo de funcionamento desta CPI por mais 60 (sessenta) dias. Parigrafo tnico. Esta prorrogação se justifica por estarem em andamento os trabalhos da CPI. Art. 2° Esta portaria entra em vigência na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>11327</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11327/portaria_n_060_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear em conformidade com o art. 91, do Regimento Interno dessa Casa Legislativa, uma Comissão. Especial com a finalidade de analisar e estudar o Veto ao Projeto de Lei nº 362/2011, que institui a obrigatoriedade da Administração Pública de [Formiga nomear todos os aprovados em concurso público. Art. 2° A comissão sera composta pelos vereadores: Mauro César Alves de Sousa — Presidente Cid Corréa Mesquita — Relator José Geraldo da Cunha — Membro Suplentes: Dr. Reginaldo Henrique dos Santos — Presidente Rosimeire Ribeiro de Mendonga — Relatora Gongalo José de Faria — Membro Art. 3° Esta Portaria entra em vigor na data de sua publicago.</t>
+  </si>
+  <si>
+    <t>11328</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11328/portaria_n_061_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Instituir uma Comissio Mista de Acompanhamento do Concurso Público para provimento de cargos efetivos na Estrutura Administrativa e Funcional da Câmara Municipal de Formiga. Art. 2° Após ó envio de oficios aos representantes de entidades representativas da comunidade formiguense e de posse das respostas, NOMEIA para compor a Comissão Mista de Concurso Público os seguintes representantes: I - Gongalo José de Faria - Representando o Poder Legislativo 11 - Damares Maria Couto Sá - Representando o Poder Executivo M - Claudio Rabelo Alves - Representando o Ministério Publico, Primeira Promotoria de Justica da Comarca de Formiga IV - Elizete Aparecida Pereira - Representando a 16"""" subseção da OAB/MG V - Ana Paula de Melo - Representando o Sindicato dos Trabalhadores Municipaos de Formiga — SINTRAMFOR. Art. 3° Esta comissão ficará sob a presidência do membro eleito pelos demais representantes. [...]"""</t>
+  </si>
+  <si>
+    <t>11329</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11329/portaria_n_062_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Janaina Arantes de Faria, do cargo comissionado de Assessor Parlamentar. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 15 de julho de 2011.</t>
+  </si>
+  <si>
+    <t>11330</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11330/portaria_n_063_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear Janaina Arantes de Faria, para provimento do cargo comissionado de Assessor Parlamentar. Parágrafo tinico. A nomeação do Assessor Parlamentar, previsto no caput, é feita mediante indicação do vereador José Aparecido Monteiro. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 2 de agosto de 2011.</t>
+  </si>
+  <si>
+    <t>11331</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11331/portaria_n_064_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Exonerar Deize Aparecida Silva de Sousa do cargo em comissão de Assessora Jurídica Legislativo. Art. 2º Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de agosto de 2011.</t>
+  </si>
+  <si>
+    <t>11332</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11332/portaria_n_065_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Exonerar Jose Man:lo Caputo do cargo em comissão de Assistente Judiciério Legislativo. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 31 de agosto dé 2011</t>
+  </si>
+  <si>
+    <t>11333</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11333/portaria_n_066_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Nomear para o carto em comissão Jose Márcio Caputo, para provimento do cargo de Acessos Jurudico Legislativo, em horario pacial Art. 2º Esta portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partid de 1 de setembro de 2011</t>
+  </si>
+  <si>
+    <t>11334</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11334/portaria_n_067_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear uma comissão especial para estudar e reformular o Regimento Interno da Câmara Municipal de Formiga. Art. 2° A comissão serd composta pelos seguintes membros: Dr. Reginaldo Henrique dos Santos Magno Luiz da Silva Flavia Tereza da Silva José Marcio Caputo Pardgrafo tnico. Esta comissão ficard sob a presidéncidao vereador Dr. Reginaldo Henrique dos Santos. Art. 3° A comissão terd como atribuiçfio analisar todos os artigos do Regimento Interno com a intenção de excluir ou elucidar os pontos dubios e conflitantes do Regimento. Céamara Municipal de</t>
+  </si>
+  <si>
+    <t>11335</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11335/portaria_n_068_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Nomear para o cargo em comissão Josyane Silva, para provimento do cargo de Assistente Judiciario Legislativo, em horario parcial. Art. 2° Esta Portaria entra em vigor na data de sua publicação, produzindo seus efeitos a partir de 01 de setembro de 2011.</t>
+  </si>
+  <si>
+    <t>11336</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11336/portaria_n_069_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1° Conforme requerimento do Presidente da comissão Parlamentar de Inquérito da Saude, instituida através da Portaria 042/2009, fica prorrogado o prazo de funcionamento desta CPI por mais 60 (sessenta) dias. Parigrafo único. Esta prorrogação se justifica por estarem em andamento os trabalhos da CPI. Art. 2° Esta portaria entra em vigência na data de sua publicago, produzindo seus efeitos a partir de 12 de setembro de 2011.</t>
+  </si>
+  <si>
+    <t>11337</t>
+  </si>
+  <si>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11337/portaria_n_070_2011.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder à servidlora MARIA CRISTINA LABELLA DE CARVALHO, Assistente Social Legislativo, 01 (um) mês de férias prêmio, no período de 3 (três) de outubro a 1º (primeiro) de novembro de 2011. Art. 2º Esta Portaria entrará em vigor na data de sua publicação. Câmara Municipal de</t>
+  </si>
+  <si>
     <t>9338</t>
   </si>
   <si>
-    <t>PORT</t>
-[...5 lines deleted...]
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9338/portaria_no_071.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9338/portaria_no_071.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conceder o servidor, MARCO AURÉLIO DE ALMEIDA, Arquivista Legislativo, 01 (um) mês de férias prêmio, no período de 13 (treze) de outubro a 11 (onze) de novembro de 2011.</t>
   </si>
   <si>
     <t>9339</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9339/portaria_no_072.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9339/portaria_no_072.2011.pdf</t>
   </si>
   <si>
     <t>Art.1º Determinar que o dia do Servidor Público Municipal, comemorado no dia 28 de outubro de 2011, será ponto facultativo na Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9340</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9340/portaria_no_073.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9340/portaria_no_073.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar os servidores abaixo para auxiliarem na aplicação das provas do Concurso Público para provimento de cargos efetivos da Estrutura Administrativa e Funcional da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9341</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9341/portaria_no_074.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9341/portaria_no_074.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo o dia 14 de novembro de 2011, segunda-feira, véspera do _x000D_
 feriado 15 de novembro, terça-feira, Dia da Proclamação da República, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9342</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9342/portaria_no_075.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9342/portaria_no_075.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Conforme  requerimento  do  Presidente  da  Comissão  Parlamentar de Inquérito da Saúde, instituída através da  Portaria 042/2009, fica prorrogado o prazo  de  funcionamento desta CPI por mais 60 (sessenta) dias.</t>
   </si>
   <si>
     <t>9343</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9343/portaria_no_076.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9343/portaria_no_076.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Institui a Comissão Permanente de Licitação da Câmara Municipal de Formiga, atendendo ao disposto na Lei Federal nº 8.666/93 e suas alterações.</t>
   </si>
   <si>
     <t>9344</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9344/portaria_no_077.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9344/portaria_no_077.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Nomear uma Comissão Especial para avaliação da concessão de incentivo por titulação em graduação a servidor efetivo e estável da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9345</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9345/portaria_no_078.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9345/portaria_no_078.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Determinar ponto facultativo os dias 23 e 30 de dezembro de 2011, nas dependências da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9346</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9346/portaria_no_079.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9346/portaria_no_079.2011.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Formiga, JOSÉ GILMAR FURTADO-MAZINHO, no uso das atribuições que lhe são conferidas pela LOM e pelo Regimento Interno,</t>
   </si>
   <si>
     <t>9347</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9347/portaria_no_080.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9347/portaria_no_080.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Designar os servidores abaixo para auxiliarem na aplicação da prova prática do cargo de Motorista Legislativo do Concurso Público para provimento de cargos efetivos da Estrutura Administrativa e Funcional da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9348</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9348/portaria_no_081.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9348/portaria_no_081.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Autorizar a compensação de atraso ou saída antecipada dos servidores, mediante apresentação de requisição para autorização de lançamento de Banco de Horas, até a edição de nova Regulamentação.</t>
   </si>
   <si>
     <t>9349</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9349/portaria_no_082.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9349/portaria_no_082.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica homologada, após verificação de regularidade, a publicação dos resultados finais do Concurso Público Municipal, Edital nº 001/2011, para provimento de vagas no Quadro de Pessoal da Câmara Municipal de Formiga.</t>
   </si>
   <si>
     <t>9350</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9350/portaria_no_083.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9350/portaria_no_083.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar José Márcio Caputo do cargo em comissão de Assessor Jurídico Legislativo.</t>
   </si>
   <si>
     <t>9351</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9351/portaria_no_084.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9351/portaria_no_084.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Onofre José de Moura do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
   <si>
     <t>9352</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9352/portaria_no_085.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9352/portaria_no_085.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Érica Fátima de Oliveira do cargo em comissão de Assessora de Comunicação Legislativo.</t>
   </si>
   <si>
     <t>9353</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9353/portaria_no_086.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9353/portaria_no_086.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Marcelo Nogueira do cargo em comissão de Assessor Administrativo Legislativo.</t>
   </si>
   <si>
     <t>9354</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9354/portaria_no_087.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9354/portaria_no_087.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Carla Teles Costa do cargo em comissão de Assessora de Secretaria Geral Legislativo.</t>
   </si>
   <si>
     <t>9355</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9355/portaria_no_088.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9355/portaria_no_088.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Elizabete Lopes Junqueira do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9356</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9356/portaria_no_089.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9356/portaria_no_089.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Janaína Arantes de Faria do cargo em comissão de Assessor Parlamentar</t>
   </si>
   <si>
     <t>9357</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9357/portaria_no_090.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9357/portaria_no_090.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Michelle Ane da Silva Alves do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9358</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9358/portaria_no_091.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9358/portaria_no_091.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Bianca Guimarães Gonçalves Dias Ramos do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9359</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9359/portaria_no_092.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9359/portaria_no_092.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Karen Rosilene de Almeida do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9360</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9360/portaria_no_093.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9360/portaria_no_093.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Saulo Amâncio Silva do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9361</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9361/portaria_no_094.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9361/portaria_no_094.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Jordana Heloísa Silva do cargo em comissão de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>9362</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9362/portaria_no_095.2011.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9362/portaria_no_095.2011.pdf</t>
   </si>
   <si>
     <t>Art. 1º Exonerar Josyane Silva do cargo em comissão de Assistente Judiciário Legislativo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5045,67 +5675,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9338/portaria_no_071.2011.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9339/portaria_no_072.2011.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9340/portaria_no_073.2011.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9341/portaria_no_074.2011.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9342/portaria_no_075.2011.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9343/portaria_no_076.2011.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9344/portaria_no_077.2011.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9345/portaria_no_078.2011.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9346/portaria_no_079.2011.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9347/portaria_no_080.2011.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9348/portaria_no_081.2011.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9349/portaria_no_082.2011.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9350/portaria_no_083.2011.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9351/portaria_no_084.2011.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9352/portaria_no_085.2011.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9353/portaria_no_086.2011.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9354/portaria_no_087.2011.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9355/portaria_no_088.2011.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9356/portaria_no_089.2011.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9357/portaria_no_090.2011.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9358/portaria_no_091.2011.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9359/portaria_no_092.2011.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9360/portaria_no_093.2011.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9361/portaria_no_094.2011.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9362/portaria_no_095.2011.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11257/portaria_n_001_2011.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11258/portaria_n_002_2011.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11259/portaria_n_003_2011.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11260/portaria_n_004_2011.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11261/portaria_n_005_2011.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11262/portaria_n_006_2011.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11263/portaria_n_007_2011.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11264/portaria_n_008_2011.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11265/portaria_n_009_2011.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11266/portaria_n_010_2011.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11267/portaria_n_011_2011.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11268/portaria_n_012_2011.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11269/portaria_n_013_2011.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11270/portaria_n_014_2011.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11271/portaria_n_015_2011.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11273/portaria_n_016_2011.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11274/portaria_n_017_2011.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11275/portaria_n_018_2011.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11276/portaria_n_019_2011.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11277/portaria_n_020_2011.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11278/portaria_n_021_2011.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11279/portaria_n_022_2011.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11280/portaria_n_023_2011.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11281/portaria_n_024_2011.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11282/portaria_n_025_2011.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11284/portaria_n_026_2011.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11285/portaria_n_027_2011.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11286/portaria_n_028_2011.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11287/portaria_n_029_2011.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11289/portaria_n_030_2011.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11290/portaria_n_031_2011.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11291/portaria_n_032_2011.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11293/portaria_n_033_2011.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11294/portaria_n_034_2011.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11295/portaria_n_035_2011.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11297/portaria_n_036_2011.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11298/portaria_n_037_2011.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11299/portaria_n_038_2011.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11300/portaria_n_039_2011.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11302/portaria_n_040_2011.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11303/portaria_n_041_2011.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11304/portaria_n_042_2011.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11305/portaria_n_043_2011.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11307/portaria_n_044_2011.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11308/portaria_n_045_2011.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11309/portaria_n_046_2011.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11311/portaria_n_047_2011.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11312/portaria_n_048_2011.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11313/portaria_n_049_2011.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11314/portaria_n_050_2011.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11316/portaria_n_051_2011.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11317/portaria_n_052_2011.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11318/portaria_n_053_2011.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11320/portaria_n_054_2011.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11321/portaria_n_055_2011.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11322/portaria_n_056_2011.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11323/portaria_n_057_2011.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11325/portaria_n_058_2011.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11326/portaria_n_059_2011.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11327/portaria_n_060_2011.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11328/portaria_n_061_2011.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11329/portaria_n_062_2011.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11330/portaria_n_063_2011.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11331/portaria_n_064_2011.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11332/portaria_n_065_2011.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11333/portaria_n_066_2011.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11334/portaria_n_067_2011.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11335/portaria_n_068_2011.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11336/portaria_n_069_2011.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/11337/portaria_n_070_2011.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9338/portaria_no_071.2011.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9339/portaria_no_072.2011.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9340/portaria_no_073.2011.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9341/portaria_no_074.2011.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9342/portaria_no_075.2011.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9343/portaria_no_076.2011.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9344/portaria_no_077.2011.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9345/portaria_no_078.2011.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9346/portaria_no_079.2011.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9347/portaria_no_080.2011.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9348/portaria_no_081.2011.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9349/portaria_no_082.2011.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9350/portaria_no_083.2011.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9351/portaria_no_084.2011.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9352/portaria_no_085.2011.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9353/portaria_no_086.2011.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9354/portaria_no_087.2011.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9355/portaria_no_088.2011.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9356/portaria_no_089.2011.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9357/portaria_no_090.2011.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9358/portaria_no_091.2011.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9359/portaria_no_092.2011.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9360/portaria_no_093.2011.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9361/portaria_no_094.2011.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2011/9362/portaria_no_095.2011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H431"/>
+  <dimension ref="A1:H501"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -14414,615 +15045,2225 @@
       </c>
       <c r="C406" t="s">
         <v>1220</v>
       </c>
       <c r="D406" t="s">
         <v>291</v>
       </c>
       <c r="E406" t="s">
         <v>292</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H406" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1222</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>400</v>
+        <v>290</v>
       </c>
       <c r="D407" t="s">
         <v>1223</v>
       </c>
       <c r="E407" t="s">
         <v>1224</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="H407" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>1227</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>403</v>
+        <v>295</v>
       </c>
       <c r="D408" t="s">
         <v>1223</v>
       </c>
       <c r="E408" t="s">
         <v>1224</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="H408" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1230</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>406</v>
+        <v>10</v>
       </c>
       <c r="D409" t="s">
         <v>1223</v>
       </c>
       <c r="E409" t="s">
         <v>1224</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="H409" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>1233</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>409</v>
+        <v>16</v>
       </c>
       <c r="D410" t="s">
         <v>1223</v>
       </c>
       <c r="E410" t="s">
         <v>1224</v>
       </c>
       <c r="G410" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="H410" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>1236</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>412</v>
+        <v>19</v>
       </c>
       <c r="D411" t="s">
         <v>1223</v>
       </c>
       <c r="E411" t="s">
         <v>1224</v>
       </c>
       <c r="G411" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="H411" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>1239</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>415</v>
+        <v>22</v>
       </c>
       <c r="D412" t="s">
         <v>1223</v>
       </c>
       <c r="E412" t="s">
         <v>1224</v>
       </c>
       <c r="G412" s="1" t="s">
         <v>1240</v>
       </c>
       <c r="H412" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>1242</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>418</v>
+        <v>25</v>
       </c>
       <c r="D413" t="s">
         <v>1223</v>
       </c>
       <c r="E413" t="s">
         <v>1224</v>
       </c>
       <c r="G413" s="1" t="s">
         <v>1243</v>
       </c>
       <c r="H413" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>1245</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>421</v>
+        <v>298</v>
       </c>
       <c r="D414" t="s">
         <v>1223</v>
       </c>
       <c r="E414" t="s">
         <v>1224</v>
       </c>
       <c r="G414" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="H414" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>1248</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>424</v>
+        <v>301</v>
       </c>
       <c r="D415" t="s">
         <v>1223</v>
       </c>
       <c r="E415" t="s">
         <v>1224</v>
       </c>
       <c r="G415" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="H415" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>1251</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>427</v>
+        <v>304</v>
       </c>
       <c r="D416" t="s">
         <v>1223</v>
       </c>
       <c r="E416" t="s">
         <v>1224</v>
       </c>
       <c r="G416" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="H416" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>1254</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>430</v>
+        <v>307</v>
       </c>
       <c r="D417" t="s">
         <v>1223</v>
       </c>
       <c r="E417" t="s">
         <v>1224</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="H417" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>1257</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>433</v>
+        <v>310</v>
       </c>
       <c r="D418" t="s">
         <v>1223</v>
       </c>
       <c r="E418" t="s">
         <v>1224</v>
       </c>
       <c r="G418" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="H418" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>1260</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>436</v>
+        <v>313</v>
       </c>
       <c r="D419" t="s">
         <v>1223</v>
       </c>
       <c r="E419" t="s">
         <v>1224</v>
       </c>
       <c r="G419" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="H419" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>1263</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>439</v>
+        <v>316</v>
       </c>
       <c r="D420" t="s">
         <v>1223</v>
       </c>
       <c r="E420" t="s">
         <v>1224</v>
       </c>
       <c r="G420" s="1" t="s">
         <v>1264</v>
       </c>
       <c r="H420" t="s">
         <v>1265</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>1266</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>442</v>
+        <v>319</v>
       </c>
       <c r="D421" t="s">
         <v>1223</v>
       </c>
       <c r="E421" t="s">
         <v>1224</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="H421" t="s">
         <v>1268</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>1269</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>445</v>
+        <v>322</v>
       </c>
       <c r="D422" t="s">
         <v>1223</v>
       </c>
       <c r="E422" t="s">
         <v>1224</v>
       </c>
       <c r="G422" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="H422" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>1272</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>448</v>
+        <v>325</v>
       </c>
       <c r="D423" t="s">
         <v>1223</v>
       </c>
       <c r="E423" t="s">
         <v>1224</v>
       </c>
       <c r="G423" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="H423" t="s">
         <v>1274</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>1275</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>451</v>
+        <v>328</v>
       </c>
       <c r="D424" t="s">
         <v>1223</v>
       </c>
       <c r="E424" t="s">
         <v>1224</v>
       </c>
       <c r="G424" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="H424" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>1278</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>454</v>
+        <v>331</v>
       </c>
       <c r="D425" t="s">
         <v>1223</v>
       </c>
       <c r="E425" t="s">
         <v>1224</v>
       </c>
       <c r="G425" s="1" t="s">
         <v>1279</v>
       </c>
       <c r="H425" t="s">
         <v>1280</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>1281</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>457</v>
+        <v>334</v>
       </c>
       <c r="D426" t="s">
         <v>1223</v>
       </c>
       <c r="E426" t="s">
         <v>1224</v>
       </c>
       <c r="G426" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="H426" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>1284</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>460</v>
+        <v>337</v>
       </c>
       <c r="D427" t="s">
         <v>1223</v>
       </c>
       <c r="E427" t="s">
         <v>1224</v>
       </c>
       <c r="G427" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="H427" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>1287</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>463</v>
+        <v>340</v>
       </c>
       <c r="D428" t="s">
         <v>1223</v>
       </c>
       <c r="E428" t="s">
         <v>1224</v>
       </c>
       <c r="G428" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="H428" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>1290</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>465</v>
+        <v>28</v>
       </c>
       <c r="D429" t="s">
         <v>1223</v>
       </c>
       <c r="E429" t="s">
         <v>1224</v>
       </c>
       <c r="G429" s="1" t="s">
         <v>1291</v>
       </c>
       <c r="H429" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>1293</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>468</v>
+        <v>31</v>
       </c>
       <c r="D430" t="s">
         <v>1223</v>
       </c>
       <c r="E430" t="s">
         <v>1224</v>
       </c>
       <c r="G430" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="H430" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>1296</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>471</v>
+        <v>34</v>
       </c>
       <c r="D431" t="s">
         <v>1223</v>
       </c>
       <c r="E431" t="s">
         <v>1224</v>
       </c>
       <c r="G431" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="H431" t="s">
         <v>1298</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>343</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>346</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>349</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>37</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>40</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>219</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>43</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>45</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>48</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>224</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>226</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>229</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>231</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>233</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>236</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>239</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>242</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>245</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>248</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>251</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>254</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>257</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>260</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>263</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>266</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>269</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>51</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>272</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>275</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>352</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>355</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>358</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>361</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>364</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>367</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>370</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>373</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>376</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>379</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>382</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>385</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>388</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>391</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>394</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>397</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>400</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>403</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>406</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>409</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>412</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>415</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>418</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>421</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>424</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>427</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>430</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>433</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>436</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>439</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>442</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>445</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>448</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>451</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>454</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>457</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>460</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>463</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>465</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>468</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>471</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1508</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15413,50 +17654,120 @@
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
     <hyperlink ref="G409" r:id="rId408"/>
     <hyperlink ref="G410" r:id="rId409"/>
     <hyperlink ref="G411" r:id="rId410"/>
     <hyperlink ref="G412" r:id="rId411"/>
     <hyperlink ref="G413" r:id="rId412"/>
     <hyperlink ref="G414" r:id="rId413"/>
     <hyperlink ref="G415" r:id="rId414"/>
     <hyperlink ref="G416" r:id="rId415"/>
     <hyperlink ref="G417" r:id="rId416"/>
     <hyperlink ref="G418" r:id="rId417"/>
     <hyperlink ref="G419" r:id="rId418"/>
     <hyperlink ref="G420" r:id="rId419"/>
     <hyperlink ref="G421" r:id="rId420"/>
     <hyperlink ref="G422" r:id="rId421"/>
     <hyperlink ref="G423" r:id="rId422"/>
     <hyperlink ref="G424" r:id="rId423"/>
     <hyperlink ref="G425" r:id="rId424"/>
     <hyperlink ref="G426" r:id="rId425"/>
     <hyperlink ref="G427" r:id="rId426"/>
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>