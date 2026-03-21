--- v0 (2025-11-25)
+++ v1 (2026-03-21)
@@ -51,667 +51,667 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9988</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9988/portaria_no_001.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9988/portaria_no_001.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1° - Fica constituída e nomeada a COMISSÃO DE LICITAÇÃO E COMPRAS DA CÂMARA MUNICIPAL DE FORMIGA, a qual ficará sob a presidência do primeiro nomeado e nos termos da Lei 8.666/93 de 21/06/93, Lei 8.883/98, terá esta Portaria vigência até 31/12/2004.</t>
   </si>
   <si>
     <t>9989</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9989/portaria_no_002.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9989/portaria_no_002.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Exonerar Polyana Leopoldina dos Santos do cargo de confiança telefonista da Câmara Municipal de Formiga, a partir de 02 de janeiro de 2004.</t>
   </si>
   <si>
     <t>9990</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9990/portaria_no_003.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9990/portaria_no_003.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Exonerar Ariadna Rabelo do cargo de confiança de Supervisora Administrativa da Câmara Municipal de Formiga, a partir de 02 de janeiro de 2004.</t>
   </si>
   <si>
     <t>9991</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9991/portaria_no_004.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9991/portaria_no_004.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Exonerar Carlos Divino dos Santos do cargo de confiança de Assistente Administrativo da Câmara Municipal de Formiga, a partir de 02 de janeiro de 2004.</t>
   </si>
   <si>
     <t>9992</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9992/portaria_no_005.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9992/portaria_no_005.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Exonerar Juscemilia Alves Guimaraes do cargo de confiança de Assistente Técnico Legislativo da Câmara Municipal de Formiga, a partir de 02 de janeiro de 2004.</t>
   </si>
   <si>
     <t>9993</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9993/portaria_no_006.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9993/portaria_no_006.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Exonerar Elaine de Moraes Nardy do cargo de confiança de Assistente Técnico Legislativo da Câmara Municipal de Formiga, e nomeá-la ao mesmo tempo para ocupar o cargo de confiança de Supervisora Administrativa, a partir de 02 de janeiro de 2004.</t>
   </si>
   <si>
     <t>9994</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9994/portaria_no_007.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9994/portaria_no_007.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Nomear Andressa Graziela Silva Vieira para ocupar o cargo de Assistente Técnico Legislativo da Câmara Municipal de Formiga, a partir de 05 de janeiro de 2004.</t>
   </si>
   <si>
     <t>9995</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9995/portaria_no_008.2003.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9995/portaria_no_008.2003.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Nomear os funcionários abaixo relacionados para integrarem o sistema de Controle Interno da Câmara Municipal, que ficará sob a presidência do primeiro:_x000D_
 _x000D_
 01 Nilson Rodrigues Teixeira_x000D_
 02 Luis Cláudio Lasmar_x000D_
 03 Paulo Eustáquio Ribeiro</t>
   </si>
   <si>
     <t>10003</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10003/portaria_no_009.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10003/portaria_no_009.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Conceder férias aos funcionários relacionados no quadro do anexo I _x000D_
 § único: O demais funcionários terão férias em outro período.</t>
   </si>
   <si>
     <t>10004</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10004/portaria_no_010.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10004/portaria_no_010.2004.pdf</t>
   </si>
   <si>
     <t>ART. 1° - EXONERAR REMACLO DE OLIVEIRA NUNES DO CARGO DE ASSISTENTE JURÍDICO DO DAJ, A PARTIR DE 09 DE JANEIRO DE 2004.</t>
   </si>
   <si>
     <t>10005</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10005/portaria_no_011.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10005/portaria_no_011.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica exonerada das funções de Assistente Técnico Legislativo e ao mesmo tempo nomeada para exercer a função de Assessor Administrativo a funcionária JESIANE DE OLIVEIRA, a partir de 01 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>10006</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10006/portaria_no_012.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10006/portaria_no_012.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Nomear uma Comissão Especial formada pelos vereadores abaixo relacionados, para analise dos Projetos de lei n° 431 e 435, para votação em reunião extraordinária a ser realizada dia 19 de janeiro de 2004._x000D_
 _x000D_
 Jaime José Alves_x000D_
 _x000D_
 Baldomiro José dos Santos_x000D_
 _x000D_
 Sebastião Alves Rangel</t>
   </si>
   <si>
     <t>10007</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10007/portaria_no_013.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10007/portaria_no_013.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeada para ocupar a função de Assistente Técnico Legislativo PATRICIA COUTO MARQUES, portadora da CI MG 11.530.720, a partir de 05 de janeiro de 2004.</t>
   </si>
   <si>
     <t>10008</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10008/portaria_no_014.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10008/portaria_no_014.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeada para ocupar a função de Telefonista MARALISIA DE OLIVEIRA DA SILVA, portadora da CI MG 6.612.011, a partir de 05 de janeiro de 2004.</t>
   </si>
   <si>
     <t>10009</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10009/portaria_no_015.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10009/portaria_no_015.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeado para ocupar a função de Assistente Jurídico do DAJ, ADONAI CORREA MESQUITA, portador da OAB 81816, a partir de 12 de janeiro de 2004.</t>
   </si>
   <si>
     <t>10010</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10010/portaria_no_016.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10010/portaria_no_016.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeado como coordenador da cota o funcionário NILSON RODRIGUES TEIXEIRA a partir de 01 de janeiro de 2004.</t>
   </si>
   <si>
     <t>10011</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10011/portaria_no_017.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10011/portaria_no_017.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeada para exercer a função de Assistente Técnico Legislativo JANAINA DE OLIVEIRA ALVES, portadora da CI MG 10.706.538, a partir de 02 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>10012</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10012/portaria_no_018.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10012/portaria_no_018.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeado para exercer a função de Motorista RONALDO JOSÉ BELO, portador da CI M 6.675.184, a partir de 02 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>10013</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10013/portaria_no_019.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10013/portaria_no_019.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeado para exercer a função de Auxiliar de Secretaria GUSTAVO BERTOLDO SILVA, portador da CI MG 13.862.717, a partir de 02 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>10014</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10014/portaria_no_020.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10014/portaria_no_020.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeada para exercer a função de Arquivista MARIA HELENA DE OLIVEIRA, portadora da CI M 2.476.858 a partir de 02 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>10015</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10015/portaria_no_021.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10015/portaria_no_021.2004.pdf</t>
   </si>
   <si>
     <t>Art.1º- Nomear Emiliana Cássia da Silva para ocupar o cargo de Assistente Jurídico do DAJ, a partir de 08 de março de 2004.</t>
   </si>
   <si>
     <t>10016</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10016/portaria_no_022.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10016/portaria_no_022.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Exonerar a Dra Mirian Tagiaferri Menezes Belchior, portadora da OAB-MG 80.394, do cargo de confiança de ASSISTENTE JURIDICO DO PROCON, a partir de 29 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>10018</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10018/portaria_no_023.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10018/portaria_no_023.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeado para exercer a função de Assistente Técnico Legislativo PAULO MARCIO BARUDE RIBEIRO, portador da CI MG 4.323.236, a partir de 01 de março de 2004.</t>
   </si>
   <si>
     <t>10019</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10019/portaria_no_024.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10019/portaria_no_024.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeado para exercer a função de Assistente Técnico Legislativo DAISY LUCI LACERDA, portadora da CI MG 1.776.714, a partir de 15 de abril de 2004.</t>
   </si>
   <si>
     <t>10020</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10020/portaria_no_025.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10020/portaria_no_025.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeado para exercer a função de Assistente Técnico Legislativo CARLA TELES, portadora da CI MG 10.649.776, a partir de 02 de maio de 2004.</t>
   </si>
   <si>
     <t>10021</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10021/portaria_no_026.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10021/portaria_no_026.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeado para exercer a função de Assistente Técnico Legislativo SAYNORA CRSITINA FAVARINI portadora da CI MG 8.683.642, a partir de 02 de maio de 2004.</t>
   </si>
   <si>
     <t>10022</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10022/portaria_no_027.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10022/portaria_no_027.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica nomeado para exercer a função de Gerenciadora de Serviços Gerais ANA MARIA MARTINS, portadora da CI MG 12.048.021, a partir de 02 de maio de 2004.</t>
   </si>
   <si>
     <t>10023</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10023/portaria_no_027.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10023/portaria_no_027.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica instituído o horário para funcionamento da Câmara Municipal:_x000D_
 _x000D_
 ENTRADA: 8:00 h_x000D_
 SAIDA PARA ALMOÇO 11:00 h_x000D_
 ENTRADA DO ALMOÇO 13:00 h_x000D_
 SAÍDA: 17 h 30 min</t>
   </si>
   <si>
     <t>10024</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10024/portaria_no_029.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10024/portaria_no_029.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica exonerado das funções de Motorista e ao mesmo tempo nomeado para exercer a função de Motorista de Gabinete o funcionário JULIO DA SILVEIRA CASTRO, a partir de 01 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>10025</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10025/portaria_no_030.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10025/portaria_no_030.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Baixar normas e regras para empréstimo do Plenário, conforme anexo I.</t>
   </si>
   <si>
     <t>10026</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10026/portaria_no_031.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10026/portaria_no_031.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Exonerar Adonai Correa Mesquita, do cargo de Assistente Jurídico do DAJ, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10027</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10027/portaria_no_032.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10027/portaria_no_032.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Exonerar ANDRESSA GRAZIELA SILVĀ VIEIRA, do cargo de Assistente Técnico Legislativo, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10028</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10028/portaria_no_033.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10028/portaria_no_033.2004.pdf</t>
   </si>
   <si>
     <t>Art.1º- Exonerar CARLA TELES, do cargo de Assistente Técnico Legislativo, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10029</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10029/portaria_no_034.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10029/portaria_no_034.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Exonerar CLEUZA APARECIDA SILVA, do cargo de Gerenciadora de Serviços Gerais, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10030</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10030/portaria_no_035.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10030/portaria_no_035.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Exonerar DAISY LUCI LACERDA do cargo de Assistente Técnico legislativo, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10031</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10031/portaria_no_036.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10031/portaria_no_036.2004.pdf</t>
   </si>
   <si>
     <t>Art.1° -Exonerar DANIELA DA FONSECA , do cargo de Assistente Técnico legislativo, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10032</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10032/portaria_no_037.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10032/portaria_no_037.2004.pdf</t>
   </si>
   <si>
     <t>Art.1º- Exonerar GISELY RODRIGUES ROSA, do cargo de Assistente Técnico legislativo, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10033</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10033/portaria_no_038.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10033/portaria_no_038.2004.pdf</t>
   </si>
   <si>
     <t>Art.1º- Exonerar JANAINA DE OLIVEIRA ALVES, do cargo de Assistente Técnico legislativo, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10034</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10034/portaria_no_039.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10034/portaria_no_039.2004.pdf</t>
   </si>
   <si>
     <t>Art.1º- Exonerar SAYONARA CRISTINA FAVARINI, do cargo de Assistente Técnico legislativo, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10035</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10035/portaria_no_041.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10035/portaria_no_041.2004.pdf</t>
   </si>
   <si>
     <t>Art.1º- Exonerar PAULO EUSTAQUIO RIBEIRO, do cargo de Assessor Jurídico, a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10036</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10036/portaria_no_042.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10036/portaria_no_042.2004.pdf</t>
   </si>
   <si>
     <t>Art.1º- Exonerar RONALDO JOSE BELO, do cargo de Motorista a partir de 31 de maio de 2004.</t>
   </si>
   <si>
     <t>10037</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10037/portaria_no_043.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10037/portaria_no_043.2004.pdf</t>
   </si>
   <si>
     <t>Art.1º- Exonerar ANA MARIA MARTINS, “do cargo de Gerenciadora de Serviços Gerais a partir de 31 de maio de 2004 e ao mesmo tempo nomeá-la para ocupar o cargo de Auxiliar de Serviços Gerais.</t>
   </si>
   <si>
     <t>10038</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10038/portaria_no_044.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10038/portaria_no_044.2004.pdf</t>
   </si>
   <si>
     <t>Art.1º- Fica suspenso a partir de 01 de junho de 2004, ο pagamento da gratificação mencionada na Resolução 247/2002.</t>
   </si>
   <si>
     <t>10039</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10039/portaria_no_045.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10039/portaria_no_045.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Â partir de 01 de julho de 2004, durante o recesso, até 31 de julho a Câmara Municipal, Procon-DAJ-SAC, ficarão com seus serviços suspensos.</t>
   </si>
   <si>
     <t>10040</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10040/portaria_no_046.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10040/portaria_no_046.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Nomear Ronaldo José Belo, portador da CI MG 6.675.184 SSPMG, para ocupar o cargo de Motorista, a partir de 01 de julho de 2004.</t>
   </si>
   <si>
     <t>10041</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10041/portaria_no_047.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10041/portaria_no_047.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1° - Exonerar a funcionária Ana Maria Martins, portadora CI MG 12.048.021 SSPMG, das funções de Auxiliar de Serviços Gerais e ao mesmo tempo nomeá-la para as funções de Gerenciadora de Serviços Gerais, a partir de 01 de agosto de 2004.</t>
   </si>
   <si>
     <t>10042</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10042/portaria_no_048.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10042/portaria_no_048.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Nomear Josino Bernardes de Castro Neto, portador da OABMG 35.211 para exercer as funções de ASSESSOR JURIDICO da Câmara Municipal de Formiga, a partir de 04 de outubro de 2004.</t>
   </si>
   <si>
     <t>10043</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10043/portaria_no_049.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10043/portaria_no_049.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Ceder por tempo indeterminado, e sem ônus, uma sala nas dependências do Poder Legislativo, para funcionamento do CONSELHO MUNICIPAL DOS DIREITOS DA MULHER, criado pela Lei Municipal 2858/1997.</t>
   </si>
   <si>
     <t>10044</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10044/portaria_no_050.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10044/portaria_no_050.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1° - Exonerar a funcionária PATRICIA COUTO MARQUES das funções de Assistente Técnico Legislativo, a partir de 24 de dezembro de 2004.</t>
   </si>
   <si>
     <t>10045</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10045/portaria_no_051.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10045/portaria_no_051.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1° Nomear PATRICIA COUTO MARQUES para as funções de Assistente Técnico Legislativo, a partir de 27 de dezembro de 2004.</t>
   </si>
   <si>
     <t>10046</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10046/portaria_no_052.2004.pdf</t>
+    <t>http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10046/portaria_no_052.2004.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Exonerar o funcionário JOSINO BERNARDES DE CASTRO NETO, das funções de Assessor Jurídico, a partir de 31 de dezembro de 2004.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1018,68 +1018,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9988/portaria_no_001.2004.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9989/portaria_no_002.2004.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9990/portaria_no_003.2004.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9991/portaria_no_004.2004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9992/portaria_no_005.2004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9993/portaria_no_006.2004.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9994/portaria_no_007.2004.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9995/portaria_no_008.2003.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10003/portaria_no_009.2004.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10004/portaria_no_010.2004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10005/portaria_no_011.2004.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10006/portaria_no_012.2004.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10007/portaria_no_013.2004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10008/portaria_no_014.2004.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10009/portaria_no_015.2004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10010/portaria_no_016.2004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10011/portaria_no_017.2004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10012/portaria_no_018.2004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10013/portaria_no_019.2004.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10014/portaria_no_020.2004.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10015/portaria_no_021.2004.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10016/portaria_no_022.2004.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10018/portaria_no_023.2004.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10019/portaria_no_024.2004.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10020/portaria_no_025.2004.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10021/portaria_no_026.2004.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10022/portaria_no_027.2004.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10023/portaria_no_027.2004.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10024/portaria_no_029.2004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10025/portaria_no_030.2004.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10026/portaria_no_031.2004.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10027/portaria_no_032.2004.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10028/portaria_no_033.2004.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10029/portaria_no_034.2004.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10030/portaria_no_035.2004.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10031/portaria_no_036.2004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10032/portaria_no_037.2004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10033/portaria_no_038.2004.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10034/portaria_no_039.2004.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10035/portaria_no_041.2004.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10036/portaria_no_042.2004.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10037/portaria_no_043.2004.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10038/portaria_no_044.2004.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10039/portaria_no_045.2004.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10040/portaria_no_046.2004.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10041/portaria_no_047.2004.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10042/portaria_no_048.2004.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10043/portaria_no_049.2004.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10044/portaria_no_050.2004.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10045/portaria_no_051.2004.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10046/portaria_no_052.2004.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9988/portaria_no_001.2004.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9989/portaria_no_002.2004.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9990/portaria_no_003.2004.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9991/portaria_no_004.2004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9992/portaria_no_005.2004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9993/portaria_no_006.2004.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9994/portaria_no_007.2004.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/9995/portaria_no_008.2003.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10003/portaria_no_009.2004.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10004/portaria_no_010.2004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10005/portaria_no_011.2004.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10006/portaria_no_012.2004.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10007/portaria_no_013.2004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10008/portaria_no_014.2004.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10009/portaria_no_015.2004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10010/portaria_no_016.2004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10011/portaria_no_017.2004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10012/portaria_no_018.2004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10013/portaria_no_019.2004.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10014/portaria_no_020.2004.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10015/portaria_no_021.2004.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10016/portaria_no_022.2004.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10018/portaria_no_023.2004.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10019/portaria_no_024.2004.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10020/portaria_no_025.2004.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10021/portaria_no_026.2004.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10022/portaria_no_027.2004.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10023/portaria_no_027.2004.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10024/portaria_no_029.2004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10025/portaria_no_030.2004.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10026/portaria_no_031.2004.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10027/portaria_no_032.2004.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10028/portaria_no_033.2004.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10029/portaria_no_034.2004.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10030/portaria_no_035.2004.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10031/portaria_no_036.2004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10032/portaria_no_037.2004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10033/portaria_no_038.2004.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10034/portaria_no_039.2004.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10035/portaria_no_041.2004.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10036/portaria_no_042.2004.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10037/portaria_no_043.2004.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10038/portaria_no_044.2004.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10039/portaria_no_045.2004.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10040/portaria_no_046.2004.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10041/portaria_no_047.2004.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10042/portaria_no_048.2004.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10043/portaria_no_049.2004.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10044/portaria_no_050.2004.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10045/portaria_no_051.2004.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formiga.mg.leg.br/media/sapl/public/materialegislativa/2004/10046/portaria_no_052.2004.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="233.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>